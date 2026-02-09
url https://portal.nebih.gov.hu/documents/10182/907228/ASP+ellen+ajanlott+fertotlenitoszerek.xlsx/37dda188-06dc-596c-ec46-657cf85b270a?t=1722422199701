--- v0 (2025-12-22)
+++ v1 (2026-02-09)
@@ -8,64 +8,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\horvath-szulimanz\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9D424C0D-357D-4192-995A-3FF36AC539FF}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ED09DAFC-B8ED-4430-9866-1315894D71ED}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="32760" yWindow="32760" windowWidth="19430" windowHeight="11030" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="7670" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Kiemelten ajánlott szerek" sheetId="1" r:id="rId1"/>
     <sheet name="Másodsorban ajánlott szerek" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="200">
   <si>
     <t>Engedély száma</t>
   </si>
   <si>
     <t>Forgalmazó</t>
   </si>
   <si>
     <t>Felhasználás</t>
   </si>
   <si>
     <t>Felhasználási koncentráció</t>
   </si>
   <si>
     <t>Aldekol DES FF fertőtlenítőszer</t>
   </si>
   <si>
     <t>JKF/5083-2/2017</t>
   </si>
   <si>
     <t>Dremax Kft.</t>
   </si>
   <si>
     <t xml:space="preserve">permetezés, habosítás, ködképzés, áztatás, bemerítés </t>
   </si>
   <si>
@@ -645,56 +645,71 @@
   </si>
   <si>
     <t>töményen(100%), hígítás nélkül</t>
   </si>
   <si>
     <r>
       <t>FŐNIX-HIGIÉNIA Kft. (7349 Szászvár, külterület 027/9. hrsz.)</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>2 %-os oldat készítéséhez 2 kg terméket kell 98 liter vízben elkeverni. Ködösítéshez 30 liter 4%-os oldatot kell készíteni és ködösítő géppel felvinni 1000 négyzetméternyi fertőtlenítendő felületre. A behatási idő: 30 perc.</t>
   </si>
   <si>
     <t>ködképzés</t>
   </si>
+  <si>
+    <t>NNGYK/06653/2024</t>
+  </si>
+  <si>
+    <t>Mida San 333 HN</t>
+  </si>
+  <si>
+    <t>Christeyns Higiénia Kft.</t>
+  </si>
+  <si>
+    <t>Baktericid, fungicid, virucid (Newcastle disease, Avian Influenza, African Swine fever virus )</t>
+  </si>
+  <si>
+    <t>Felületi fertőtlenítésre használható. 0,5%os higítás mellett 30 perces behatási idővel alkalmazandó.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="31" x14ac:knownFonts="1">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -899,50 +914,58 @@
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="3" tint="-0.499984740745262"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="29">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
@@ -1349,51 +1372,51 @@
     <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="20" borderId="11" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="14" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="15" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="16" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="22" borderId="17" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="24" borderId="18" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="24" borderId="11" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1537,50 +1560,57 @@
     </xf>
     <xf numFmtId="0" fontId="25" fillId="28" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="25" fillId="28" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="36">
     <cellStyle name="20% - 1. jelölőszín" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - 2. jelölőszín" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - 3. jelölőszín" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - 4. jelölőszín" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - 5. jelölőszín" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - 6. jelölőszín" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - 1. jelölőszín" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - 2. jelölőszín" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - 3. jelölőszín" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - 4. jelölőszín" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - 5. jelölőszín" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - 6. jelölőszín" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - 1. jelölőszín" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - 2. jelölőszín" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - 3. jelölőszín" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - 4. jelölőszín" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - 5. jelölőszín" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - 6. jelölőszín" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Bevitel" xfId="19" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Cím 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Címsor 1" xfId="21" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Címsor 2" xfId="22" builtinId="17" customBuiltin="1"/>
@@ -2118,69 +2148,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.szakacs@tekro.hu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.szakacs@tekro.hu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:branyi.arpad@pannon-trade.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.szakacs@tekro.hu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.szakacs@tekro.hu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:branyi.arpad@pannon-trade.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E25"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A25" sqref="A25:E25"/>
+    <sheetView workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A25" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A26" sqref="A26:XFD26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="33.26953125" customWidth="1"/>
     <col min="2" max="2" width="32" customWidth="1"/>
     <col min="3" max="3" width="28.453125" customWidth="1"/>
     <col min="4" max="4" width="35.26953125" customWidth="1"/>
     <col min="5" max="5" width="54.54296875" customWidth="1"/>
+    <col min="6" max="6" width="44.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="45"/>
       <c r="B1" s="49" t="s">
         <v>147</v>
       </c>
       <c r="C1" s="46"/>
       <c r="D1" s="46"/>
       <c r="E1" s="47"/>
     </row>
     <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A2" s="39" t="s">
         <v>64</v>
       </c>
       <c r="B2" s="40" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="41" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="41" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="48" t="s">
@@ -2567,55 +2598,55 @@
       </c>
       <c r="B25" s="65" t="s">
         <v>172</v>
       </c>
       <c r="C25" s="61" t="s">
         <v>192</v>
       </c>
       <c r="D25" s="64" t="s">
         <v>194</v>
       </c>
       <c r="E25" s="62" t="s">
         <v>193</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:E28"/>
+  <dimension ref="A1:F29"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="D31" sqref="D31"/>
+    <sheetView tabSelected="1" topLeftCell="E1" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A20" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F28" sqref="F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="27.26953125" customWidth="1"/>
     <col min="2" max="2" width="38.54296875" customWidth="1"/>
     <col min="3" max="3" width="28.453125" customWidth="1"/>
     <col min="4" max="4" width="33.26953125" customWidth="1"/>
     <col min="5" max="5" width="47.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="45"/>
       <c r="B1" s="49" t="s">
         <v>63</v>
       </c>
       <c r="C1" s="46"/>
       <c r="D1" s="46"/>
       <c r="E1" s="47"/>
     </row>
     <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A2" s="37" t="s">
         <v>64</v>
       </c>
       <c r="B2" s="38" t="s">
@@ -2847,263 +2878,284 @@
       </c>
       <c r="D15" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E15" s="22">
         <v>0.01</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="31" x14ac:dyDescent="0.35">
       <c r="A16" s="16" t="s">
         <v>110</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E16" s="22">
         <v>0.02</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E17" s="24" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A18" s="16" t="s">
         <v>121</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>123</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A19" s="16" t="s">
         <v>125</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="31">
         <v>0.01</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A20" s="19" t="s">
         <v>128</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C20" s="14" t="s">
         <v>130</v>
       </c>
       <c r="D20" s="11" t="s">
         <v>100</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A21" s="16" t="s">
         <v>132</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>134</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E21" s="32" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A22" s="30" t="s">
         <v>137</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>138</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>106</v>
       </c>
       <c r="D22" s="13" t="s">
         <v>139</v>
       </c>
       <c r="E22" s="33" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A23" s="34" t="s">
         <v>141</v>
       </c>
       <c r="B23" s="14" t="s">
         <v>142</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>134</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>143</v>
       </c>
       <c r="E23" s="35" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="24" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A24" s="30" t="s">
         <v>162</v>
       </c>
       <c r="B24" s="30" t="s">
         <v>165</v>
       </c>
       <c r="C24" s="30" t="s">
         <v>163</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>164</v>
       </c>
       <c r="E24" s="31">
         <v>0.01</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A25" s="53" t="s">
         <v>171</v>
       </c>
       <c r="B25" s="53" t="s">
         <v>172</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D25" s="53" t="s">
         <v>82</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="26" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A26" s="53" t="s">
         <v>175</v>
       </c>
       <c r="B26" s="53" t="s">
         <v>176</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>177</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="27" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A27" s="54" t="s">
         <v>179</v>
       </c>
       <c r="B27" s="54" t="s">
         <v>180</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>181</v>
       </c>
       <c r="D27" s="54" t="s">
         <v>182</v>
       </c>
       <c r="E27" s="55">
         <v>1.4999999999999999E-2</v>
       </c>
     </row>
-    <row r="28" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A28" s="34" t="s">
         <v>186</v>
       </c>
       <c r="B28" s="14" t="s">
         <v>187</v>
       </c>
       <c r="C28" s="60" t="s">
         <v>188</v>
       </c>
       <c r="D28" s="26" t="s">
         <v>189</v>
       </c>
       <c r="E28" s="35" t="s">
         <v>190</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" s="66" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="66" t="s">
+        <v>196</v>
+      </c>
+      <c r="B29" s="66" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" s="67" t="s">
+        <v>197</v>
+      </c>
+      <c r="D29" s="66" t="s">
+        <v>100</v>
+      </c>
+      <c r="E29" s="66" t="s">
+        <v>199</v>
+      </c>
+      <c r="F29" s="68" t="s">
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D20" r:id="rId1" display="mailto:branyi.arpad@pannon-trade.com" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="D10" r:id="rId2" display="j.szakacs@tekro.hu" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="D23" r:id="rId3" display="j.szakacs@tekro.hu" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId4"/>
   <tableParts count="1">
-    <tablePart r:id="rId4"/>
+    <tablePart r:id="rId5"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Kiemelten ajánlott szerek</vt:lpstr>
       <vt:lpstr>Másodsorban ajánlott szerek</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>