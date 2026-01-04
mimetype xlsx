--- v0 (2025-12-05)
+++ v1 (2026-01-04)
@@ -5,68 +5,68 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gulyaszo\Desktop\Doksik_2021_05_11_től\Permetező_drónok\Növényvédelmi_drónpilóta_képzés\Növényvédelmi drónpilóta nyilvántartás\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56B1EC84-8BBD-492A-9527-52E96D0D33D4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ABC34233-F3C0-402B-AAEC-91857663EEB1}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350" xr2:uid="{74426EAC-22FE-46A0-B8EB-91E9CAA16D8E}"/>
   </bookViews>
   <sheets>
     <sheet name="Növényvédelmi drónpilóta nyilvt" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1328" uniqueCount="1320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="1340">
   <si>
     <t>1.</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>Név</t>
   </si>
   <si>
     <t>FELIR azonosító</t>
   </si>
   <si>
     <t>Tevékenység azonosító</t>
   </si>
   <si>
     <t>Nyilvántartásba vétel időpontja</t>
   </si>
   <si>
     <t>Nyilvántartásból való törlés időpontja</t>
   </si>
   <si>
     <t>Sor-szám</t>
   </si>
   <si>
@@ -3982,50 +3982,110 @@
     <t>Vislóczki Dániel</t>
   </si>
   <si>
     <t>7090 Tamási, Árpád utca 33.</t>
   </si>
   <si>
     <t>AB4184200</t>
   </si>
   <si>
     <t>NEBIH1074094791</t>
   </si>
   <si>
     <t>263.</t>
   </si>
   <si>
     <t>Trindle Ágnes</t>
   </si>
   <si>
     <t>6721 Szeged, Tisza Lajos körút 29. 2. emelet 9. ajtó</t>
   </si>
   <si>
     <t>AB4428054</t>
   </si>
   <si>
     <t>NEBIH1074188559</t>
+  </si>
+  <si>
+    <t>264.</t>
+  </si>
+  <si>
+    <t>Jordán László Imre</t>
+  </si>
+  <si>
+    <t>1186 Budapest, Tövishát utca 23. 2. emelet 6. ajtó</t>
+  </si>
+  <si>
+    <t>AB2617344</t>
+  </si>
+  <si>
+    <t>NEBIH1074281418</t>
+  </si>
+  <si>
+    <t>265.</t>
+  </si>
+  <si>
+    <t>Lőrincz Bálint</t>
+  </si>
+  <si>
+    <t>6451 Tataháza, Jókai utca 15.</t>
+  </si>
+  <si>
+    <t>AA7083547</t>
+  </si>
+  <si>
+    <t>NEBIH1074373803</t>
+  </si>
+  <si>
+    <t>266.</t>
+  </si>
+  <si>
+    <t>Jäger Attila</t>
+  </si>
+  <si>
+    <t>6451 Tataháza, Vörösmarty utca 12.</t>
+  </si>
+  <si>
+    <t>AA8961082</t>
+  </si>
+  <si>
+    <t>NEBIH1074380799</t>
+  </si>
+  <si>
+    <t>267.</t>
+  </si>
+  <si>
+    <t>Gludovátz Ferenc</t>
+  </si>
+  <si>
+    <t>9495 Kópháza, Vasút utca 75.</t>
+  </si>
+  <si>
+    <t>AB4393897</t>
+  </si>
+  <si>
+    <t>NEBIH1074399597</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -4402,54 +4462,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C74EE8C-17C6-4D84-92AA-DA65A2C4BA1B}">
-  <dimension ref="A1:H264"/>
+  <dimension ref="A1:H268"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A252" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B267" sqref="B267"/>
+    <sheetView tabSelected="1" topLeftCell="A259" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B275" sqref="B275"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="5.7265625" style="1" customWidth="1"/>
     <col min="2" max="2" width="28.36328125" style="1" customWidth="1"/>
     <col min="3" max="3" width="58.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="16.36328125" style="1" customWidth="1"/>
     <col min="5" max="5" width="22.90625" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.1796875" style="1" customWidth="1"/>
     <col min="7" max="7" width="22.7265625" style="1" customWidth="1"/>
     <col min="8" max="8" width="23.6328125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="12" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="11" t="s">
         <v>10</v>
       </c>
@@ -5167,378 +5227,384 @@
       <c r="H31" s="8">
         <v>45965</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>160</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F32" s="8">
         <v>45159</v>
       </c>
       <c r="G32" s="8"/>
     </row>
-    <row r="33" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F33" s="8">
         <v>45159</v>
       </c>
       <c r="G33" s="8"/>
     </row>
-    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>169</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F34" s="8">
         <v>45161</v>
       </c>
       <c r="G34" s="8"/>
     </row>
-    <row r="35" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>174</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>175</v>
       </c>
       <c r="F35" s="9">
         <v>45161</v>
       </c>
       <c r="G35" s="9"/>
     </row>
-    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>179</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F36" s="8">
         <v>45167</v>
       </c>
       <c r="G36" s="8"/>
     </row>
-    <row r="37" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>184</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F37" s="8">
         <v>45174</v>
       </c>
       <c r="G37" s="8"/>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>189</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F38" s="8">
         <v>45194</v>
       </c>
       <c r="G38" s="8"/>
     </row>
-    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2" t="s">
         <v>191</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>1165</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>193</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F39" s="8">
         <v>45216</v>
       </c>
       <c r="G39" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="40" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>200</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>201</v>
       </c>
       <c r="F40" s="8">
         <v>45224</v>
       </c>
       <c r="G40" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="41" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2" t="s">
         <v>196</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>204</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F41" s="8">
         <v>45224</v>
       </c>
       <c r="G41" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="42" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2" t="s">
         <v>197</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>208</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F42" s="8">
         <v>45224</v>
       </c>
       <c r="G42" s="8"/>
     </row>
-    <row r="43" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2" t="s">
         <v>210</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>214</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F43" s="8">
         <v>45224</v>
       </c>
       <c r="G43" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="44" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2" t="s">
         <v>211</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>217</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F44" s="8">
         <v>45224</v>
       </c>
-      <c r="G44" s="8"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G44" s="8">
+        <v>46001</v>
+      </c>
+      <c r="H44" s="9"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2" t="s">
         <v>219</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F45" s="8">
         <v>45236</v>
       </c>
-      <c r="G45" s="8"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G45" s="8">
+        <v>46001</v>
+      </c>
+      <c r="H45" s="9"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2" t="s">
         <v>220</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>227</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F46" s="8">
         <v>45236</v>
       </c>
       <c r="G46" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="47" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2" t="s">
         <v>229</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>232</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F47" s="8">
         <v>45238</v>
       </c>
       <c r="G47" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="48" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2" t="s">
         <v>234</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>237</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F48" s="8">
         <v>45243</v>
       </c>
       <c r="G48" s="8"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A49" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B49" s="2" t="s">
@@ -9959,50 +10025,130 @@
       <c r="E263" s="2" t="s">
         <v>1314</v>
       </c>
       <c r="F263" s="8">
         <v>45979</v>
       </c>
     </row>
     <row r="264" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A264" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="C264" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>1318</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="F264" s="8">
         <v>45988</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A265" s="2" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B265" s="2" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E265" s="2" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F265" s="8">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A266" s="2" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B266" s="2" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E266" s="2" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F266" s="8">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A267" s="2" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B267" s="2" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>1333</v>
+      </c>
+      <c r="E267" s="2" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F267" s="8">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A268" s="2" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E268" s="2" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F268" s="8">
+        <v>46008</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="27" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">