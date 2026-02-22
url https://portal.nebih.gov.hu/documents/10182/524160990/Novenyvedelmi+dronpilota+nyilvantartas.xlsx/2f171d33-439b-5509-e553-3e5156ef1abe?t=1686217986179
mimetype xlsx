--- v1 (2026-01-04)
+++ v2 (2026-02-22)
@@ -2,71 +2,71 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gulyaszo\Desktop\Doksik_2021_05_11_től\Permetező_drónok\Növényvédelmi_drónpilóta_képzés\Növényvédelmi drónpilóta nyilvántartás\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\horvath-szulimanz\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ABC34233-F3C0-402B-AAEC-91857663EEB1}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DF861B1B-AA9E-4DA4-907C-7D4FEE6AD17D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350" xr2:uid="{74426EAC-22FE-46A0-B8EB-91E9CAA16D8E}"/>
   </bookViews>
   <sheets>
     <sheet name="Növényvédelmi drónpilóta nyilvt" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="1340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1402" uniqueCount="1385">
   <si>
     <t>1.</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>Név</t>
   </si>
   <si>
     <t>FELIR azonosító</t>
   </si>
   <si>
     <t>Tevékenység azonosító</t>
   </si>
   <si>
     <t>Nyilvántartásba vétel időpontja</t>
   </si>
   <si>
     <t>Nyilvántartásból való törlés időpontja</t>
   </si>
   <si>
     <t>Sor-szám</t>
   </si>
   <si>
@@ -4042,50 +4042,185 @@
     <t>Jäger Attila</t>
   </si>
   <si>
     <t>6451 Tataháza, Vörösmarty utca 12.</t>
   </si>
   <si>
     <t>AA8961082</t>
   </si>
   <si>
     <t>NEBIH1074380799</t>
   </si>
   <si>
     <t>267.</t>
   </si>
   <si>
     <t>Gludovátz Ferenc</t>
   </si>
   <si>
     <t>9495 Kópháza, Vasút utca 75.</t>
   </si>
   <si>
     <t>AB4393897</t>
   </si>
   <si>
     <t>NEBIH1074399597</t>
+  </si>
+  <si>
+    <t>268.</t>
+  </si>
+  <si>
+    <t>Gajdos Máté Ádám</t>
+  </si>
+  <si>
+    <t>5000 Szolnok, Batthyány utca 60.</t>
+  </si>
+  <si>
+    <t>AB4722950</t>
+  </si>
+  <si>
+    <t>NEBIH1074531157</t>
+  </si>
+  <si>
+    <t>269.</t>
+  </si>
+  <si>
+    <t>Revuczky Patrik</t>
+  </si>
+  <si>
+    <t>5093 Vezseny, Kossuth Lajos utca 44.</t>
+  </si>
+  <si>
+    <t>AA9335561</t>
+  </si>
+  <si>
+    <t>NEBIH1074580094</t>
+  </si>
+  <si>
+    <t>270.</t>
+  </si>
+  <si>
+    <t>Családi János</t>
+  </si>
+  <si>
+    <t>9300 Csorna, Szabadság utca 2.</t>
+  </si>
+  <si>
+    <t>AA1676987</t>
+  </si>
+  <si>
+    <t>NEBIH1074587057</t>
+  </si>
+  <si>
+    <t>271.</t>
+  </si>
+  <si>
+    <t>272.</t>
+  </si>
+  <si>
+    <t>273.</t>
+  </si>
+  <si>
+    <t>274.</t>
+  </si>
+  <si>
+    <t>275.</t>
+  </si>
+  <si>
+    <t>Ritecz József</t>
+  </si>
+  <si>
+    <t>8851 Gyékényes, József Attila utca 59.</t>
+  </si>
+  <si>
+    <t>AB2521528</t>
+  </si>
+  <si>
+    <t>NEBIH1074608725</t>
+  </si>
+  <si>
+    <t>Golgovszki Gergő</t>
+  </si>
+  <si>
+    <t>3580 Tiszaújváros, Ady Endre utca 28.</t>
+  </si>
+  <si>
+    <t>AB4492820</t>
+  </si>
+  <si>
+    <t>NEBIH1074608927</t>
+  </si>
+  <si>
+    <t>Takács Imre</t>
+  </si>
+  <si>
+    <t>4100 Berettyóújfalu, Aradi utca 1.</t>
+  </si>
+  <si>
+    <t>AA2811002</t>
+  </si>
+  <si>
+    <t>NEBIH1074609063</t>
+  </si>
+  <si>
+    <t>Lakos Dénes</t>
+  </si>
+  <si>
+    <t>6400 Kiskunhalas, Köztársaság utca 6. 1. emelet 3. ajtó</t>
+  </si>
+  <si>
+    <t>AB4767319</t>
+  </si>
+  <si>
+    <t>NEBIH1074609311</t>
+  </si>
+  <si>
+    <t>Rab Attila</t>
+  </si>
+  <si>
+    <t>4600 Kisvárda, Kinizsi Pál utca 16</t>
+  </si>
+  <si>
+    <t>AA0051859</t>
+  </si>
+  <si>
+    <t>NEBIH1074609591</t>
+  </si>
+  <si>
+    <t>276.</t>
+  </si>
+  <si>
+    <t>Kovács Ádám</t>
+  </si>
+  <si>
+    <t>2425 Nagykarácsony, Rákóczi utca 8.</t>
+  </si>
+  <si>
+    <t>AA2406934</t>
+  </si>
+  <si>
+    <t>NEBIH1074878139</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -4102,86 +4237,89 @@
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
@@ -4462,66 +4600,66 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C74EE8C-17C6-4D84-92AA-DA65A2C4BA1B}">
-  <dimension ref="A1:H268"/>
+  <dimension ref="A1:H277"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A259" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B275" sqref="B275"/>
+    <sheetView tabSelected="1" topLeftCell="A259" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="C19" sqref="A19:XFD19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="5.7265625" style="1" customWidth="1"/>
     <col min="2" max="2" width="28.36328125" style="1" customWidth="1"/>
     <col min="3" max="3" width="58.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="16.36328125" style="1" customWidth="1"/>
     <col min="5" max="5" width="22.90625" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.1796875" style="1" customWidth="1"/>
     <col min="7" max="7" width="22.7265625" style="1" customWidth="1"/>
-    <col min="8" max="8" width="23.6328125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="23.6328125" style="2" customWidth="1"/>
     <col min="9" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="12" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="7" t="s">
         <v>818</v>
       </c>
@@ -4529,73 +4667,75 @@
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>101</v>
       </c>
       <c r="F2" s="6">
         <v>45084</v>
       </c>
       <c r="G2" s="6">
         <v>45813</v>
       </c>
+      <c r="H2" s="13"/>
     </row>
     <row r="3" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>102</v>
       </c>
       <c r="F3" s="6">
         <v>45084</v>
       </c>
       <c r="G3" s="6">
         <v>45813</v>
       </c>
+      <c r="H3" s="13"/>
     </row>
     <row r="4" spans="1:8" s="2" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F4" s="8">
         <v>45086</v>
       </c>
       <c r="G4" s="8">
         <v>45814</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.35">
@@ -5085,51 +5225,56 @@
         <v>45133</v>
       </c>
       <c r="G25" s="6">
         <v>45813</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F26" s="8">
         <v>45139</v>
       </c>
-      <c r="G26" s="8"/>
+      <c r="G26" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H26" s="8">
+        <v>46055</v>
+      </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F27" s="9">
         <v>45139</v>
       </c>
       <c r="G27" s="9">
         <v>45810</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.35">
@@ -5152,51 +5297,56 @@
         <v>45139</v>
       </c>
       <c r="G28" s="9">
         <v>45810</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>135</v>
       </c>
       <c r="F29" s="9">
         <v>45146</v>
       </c>
-      <c r="G29" s="9"/>
+      <c r="G29" s="9" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H29" s="8">
+        <v>46055</v>
+      </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="1" t="s">
         <v>150</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>148</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>149</v>
       </c>
       <c r="F30" s="9">
         <v>45147</v>
       </c>
       <c r="G30" s="9" t="s">
         <v>1275</v>
       </c>
       <c r="H30" s="8">
         <v>45916</v>
@@ -5225,156 +5375,176 @@
         <v>1275</v>
       </c>
       <c r="H31" s="8">
         <v>45965</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>160</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F32" s="8">
         <v>45159</v>
       </c>
-      <c r="G32" s="8"/>
+      <c r="G32" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H32" s="8">
+        <v>46055</v>
+      </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F33" s="8">
         <v>45159</v>
       </c>
-      <c r="G33" s="8"/>
+      <c r="G33" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H33" s="8">
+        <v>46055</v>
+      </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>169</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F34" s="8">
         <v>45161</v>
       </c>
       <c r="G34" s="8"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>174</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>175</v>
       </c>
       <c r="F35" s="9">
         <v>45161</v>
       </c>
-      <c r="G35" s="9"/>
+      <c r="G35" s="9" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H35" s="8">
+        <v>46055</v>
+      </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>179</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F36" s="8">
         <v>45167</v>
       </c>
       <c r="G36" s="8"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>184</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F37" s="8">
         <v>45174</v>
       </c>
-      <c r="G37" s="8"/>
+      <c r="G37" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H37" s="8">
+        <v>46055</v>
+      </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>189</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F38" s="8">
         <v>45194</v>
       </c>
       <c r="G38" s="8"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2" t="s">
         <v>191</v>
@@ -5488,75 +5658,75 @@
         <v>45813</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2" t="s">
         <v>211</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>217</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F44" s="8">
         <v>45224</v>
       </c>
       <c r="G44" s="8">
         <v>46001</v>
       </c>
-      <c r="H44" s="9"/>
+      <c r="H44" s="8"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2" t="s">
         <v>219</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F45" s="8">
         <v>45236</v>
       </c>
       <c r="G45" s="8">
         <v>46001</v>
       </c>
-      <c r="H45" s="9"/>
+      <c r="H45" s="8"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2" t="s">
         <v>220</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>227</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F46" s="8">
         <v>45236</v>
       </c>
       <c r="G46" s="6">
         <v>45813</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.35">
@@ -5581,374 +5751,390 @@
       <c r="G47" s="6">
         <v>45813</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2" t="s">
         <v>234</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>237</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F48" s="8">
         <v>45243</v>
       </c>
       <c r="G48" s="8"/>
     </row>
-    <row r="49" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>242</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F49" s="8">
         <v>45257</v>
       </c>
-      <c r="G49" s="8"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G49" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H49" s="8">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2" t="s">
         <v>244</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>247</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>248</v>
       </c>
       <c r="F50" s="8">
         <v>45271</v>
       </c>
       <c r="G50" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="51" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>251</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>252</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F51" s="8">
         <v>45271</v>
       </c>
       <c r="G51" s="8"/>
     </row>
-    <row r="52" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2" t="s">
         <v>254</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>256</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>257</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F52" s="8">
         <v>45271</v>
       </c>
-      <c r="G52" s="8"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G52" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H52" s="8">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2" t="s">
         <v>259</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>262</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>263</v>
       </c>
       <c r="F53" s="8">
         <v>45272</v>
       </c>
       <c r="G53" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="54" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2" t="s">
         <v>264</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>266</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>267</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F54" s="8">
         <v>45278</v>
       </c>
       <c r="G54" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="55" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2" t="s">
         <v>269</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>270</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>272</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F55" s="8">
         <v>45308</v>
       </c>
       <c r="G55" s="6">
         <v>45813</v>
       </c>
     </row>
-    <row r="56" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2" t="s">
         <v>274</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>277</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F56" s="8">
         <v>45308</v>
       </c>
       <c r="G56" s="8"/>
     </row>
-    <row r="57" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2" t="s">
         <v>279</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>281</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>282</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F57" s="8">
         <v>45317</v>
       </c>
       <c r="G57" s="8"/>
-    </row>
-    <row r="58" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="H57" s="8"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2" t="s">
         <v>284</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>286</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>287</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F58" s="8">
         <v>45317</v>
       </c>
       <c r="G58" s="8"/>
     </row>
-    <row r="59" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2" t="s">
         <v>289</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>292</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F59" s="8">
         <v>45320</v>
       </c>
-      <c r="G59" s="8"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G59" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H59" s="8">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2" t="s">
         <v>294</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>296</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>297</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>298</v>
       </c>
       <c r="F60" s="8">
         <v>45324</v>
       </c>
       <c r="G60" s="8"/>
     </row>
-    <row r="61" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2" t="s">
         <v>299</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>301</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>302</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>303</v>
       </c>
       <c r="F61" s="8">
         <v>45343</v>
       </c>
       <c r="G61" s="8"/>
     </row>
-    <row r="62" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2" t="s">
         <v>304</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>305</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>306</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>307</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F62" s="8">
         <v>45343</v>
       </c>
       <c r="G62" s="8"/>
     </row>
-    <row r="63" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2" t="s">
         <v>309</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>312</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>311</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F63" s="8">
         <v>45343</v>
       </c>
       <c r="G63" s="8"/>
     </row>
-    <row r="64" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2" t="s">
         <v>314</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>316</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>317</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>318</v>
       </c>
       <c r="F64" s="8">
         <v>45348</v>
       </c>
       <c r="G64" s="8"/>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A65" s="2" t="s">
         <v>319</v>
       </c>
       <c r="B65" s="2" t="s">
@@ -10105,50 +10291,230 @@
       <c r="E267" s="2" t="s">
         <v>1334</v>
       </c>
       <c r="F267" s="8">
         <v>46007</v>
       </c>
     </row>
     <row r="268" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A268" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>1337</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>1338</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="F268" s="8">
         <v>46008</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A269" s="2" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B269" s="2" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C269" s="2" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D269" s="2" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E269" s="2" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F269" s="8">
+        <v>46034</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A270" s="2" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B270" s="2" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C270" s="2" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D270" s="2" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E270" s="2" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F270" s="8">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A271" s="2" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B271" s="2" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C271" s="2" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D271" s="2" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E271" s="2" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F271" s="8">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A272" s="2" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B272" s="2" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C272" s="2" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E272" s="2" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F272" s="8">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A273" s="2" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B273" s="2" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C273" s="2" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D273" s="2" t="s">
+        <v>1366</v>
+      </c>
+      <c r="E273" s="2" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F273" s="8">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A274" s="2" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B274" s="2" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C274" s="2" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E274" s="2" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F274" s="8">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A275" s="2" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B275" s="2" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C275" s="2" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D275" s="2" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E275" s="2" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F275" s="8">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A276" s="2" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B276" s="2" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C276" s="2" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E276" s="2" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F276" s="8">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A277" s="2" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B277" s="2" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C277" s="2" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E277" s="2" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F277" s="8">
+        <v>46059</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="27" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">