--- v0 (2025-12-17)
+++ v1 (2025-12-23)
@@ -5,68 +5,68 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gulyaszo\Desktop\Doksik_2021_05_11_től\Permetező_drónok\Növényvédelmi_drónpilóta_képzés\Növényvédelmi drónpilóta nyilvántartás\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0D1B3D1-BF92-4648-A90B-121D2DCB584F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ABC34233-F3C0-402B-AAEC-91857663EEB1}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350" xr2:uid="{74426EAC-22FE-46A0-B8EB-91E9CAA16D8E}"/>
   </bookViews>
   <sheets>
     <sheet name="Növényvédelmi drónpilóta nyilvt" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1343" uniqueCount="1335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="1340">
   <si>
     <t>1.</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>Név</t>
   </si>
   <si>
     <t>FELIR azonosító</t>
   </si>
   <si>
     <t>Tevékenység azonosító</t>
   </si>
   <si>
     <t>Nyilvántartásba vétel időpontja</t>
   </si>
   <si>
     <t>Nyilvántartásból való törlés időpontja</t>
   </si>
   <si>
     <t>Sor-szám</t>
   </si>
   <si>
@@ -4027,50 +4027,65 @@
     <t>Lőrincz Bálint</t>
   </si>
   <si>
     <t>6451 Tataháza, Jókai utca 15.</t>
   </si>
   <si>
     <t>AA7083547</t>
   </si>
   <si>
     <t>NEBIH1074373803</t>
   </si>
   <si>
     <t>266.</t>
   </si>
   <si>
     <t>Jäger Attila</t>
   </si>
   <si>
     <t>6451 Tataháza, Vörösmarty utca 12.</t>
   </si>
   <si>
     <t>AA8961082</t>
   </si>
   <si>
     <t>NEBIH1074380799</t>
+  </si>
+  <si>
+    <t>267.</t>
+  </si>
+  <si>
+    <t>Gludovátz Ferenc</t>
+  </si>
+  <si>
+    <t>9495 Kópháza, Vasút utca 75.</t>
+  </si>
+  <si>
+    <t>AB4393897</t>
+  </si>
+  <si>
+    <t>NEBIH1074399597</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -4447,53 +4462,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C74EE8C-17C6-4D84-92AA-DA65A2C4BA1B}">
-  <dimension ref="A1:H267"/>
+  <dimension ref="A1:H268"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="A259" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B275" sqref="B275"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="5.7265625" style="1" customWidth="1"/>
     <col min="2" max="2" width="28.36328125" style="1" customWidth="1"/>
     <col min="3" max="3" width="58.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="16.36328125" style="1" customWidth="1"/>
     <col min="5" max="5" width="22.90625" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.1796875" style="1" customWidth="1"/>
     <col min="7" max="7" width="22.7265625" style="1" customWidth="1"/>
     <col min="8" max="8" width="23.6328125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="12" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="11" t="s">
@@ -10068,50 +10085,70 @@
       <c r="E266" s="2" t="s">
         <v>1329</v>
       </c>
       <c r="F266" s="8">
         <v>46006</v>
       </c>
     </row>
     <row r="267" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A267" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>1331</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>1332</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>1333</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>1334</v>
       </c>
       <c r="F267" s="8">
         <v>46007</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A268" s="2" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E268" s="2" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F268" s="8">
+        <v>46008</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="27" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">