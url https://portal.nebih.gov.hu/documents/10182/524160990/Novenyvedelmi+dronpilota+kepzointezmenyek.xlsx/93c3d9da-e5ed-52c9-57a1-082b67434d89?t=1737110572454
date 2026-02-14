--- v0 (2025-12-05)
+++ v1 (2026-02-14)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\horvath-szulimanz\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6D09A54A-353D-425A-B87C-03139FADF567}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0FB20F62-3691-4856-9B3C-8619718CAC8C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6930" xr2:uid="{74426EAC-22FE-46A0-B8EB-91E9CAA16D8E}"/>
   </bookViews>
   <sheets>
     <sheet name="Drónpilóta képzőintézmények" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="105">
   <si>
     <t>Magyar Vidékért Kft.</t>
   </si>
   <si>
     <t>Oroszné Szűcs Ilona</t>
   </si>
   <si>
     <t>Levelezési cím</t>
@@ -786,51 +786,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:szelesa@agr.unideb.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath.etelka.cs91@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felnottkepzes@kisalfoldiaszc.hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@agrotechdrone.hu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dr.toth.aniko@fin.unideb.hu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nagy.jozsef@tanfolyamokneked.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toth.krisztina@uni-mate.hu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:easzc@easzc.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hbalazs@dronehub.hu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:training@legter.hu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kabinet@aaszc.hu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ujratanulok.hu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C74EE8C-17C6-4D84-92AA-DA65A2C4BA1B}">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="8.81640625" style="2"/>
     <col min="2" max="2" width="42.81640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="32.6328125" style="2" customWidth="1"/>
     <col min="4" max="4" width="38.08984375" style="2" customWidth="1"/>
     <col min="5" max="6" width="17.6328125" style="2" customWidth="1"/>
     <col min="7" max="7" width="36.6328125" style="2" customWidth="1"/>
     <col min="8" max="8" width="26.81640625" style="2" customWidth="1"/>
     <col min="9" max="16384" width="8.81640625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="9" customFormat="1" ht="17" x14ac:dyDescent="0.35">
       <c r="A1" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1" s="1" t="s">