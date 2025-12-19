--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -1,194 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tblzatrcsosvilgos"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10762"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC2F53" w:rsidRPr="00207DEB" w14:paraId="3C6647CA" w14:textId="77777777" w:rsidTr="007B598E">
+      <w:tr w:rsidR="00BC2F53" w:rsidRPr="00207DEB" w14:paraId="3C6647CA" w14:textId="77777777" w:rsidTr="00E141EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10912" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6EE34D" w14:textId="5830C3FA" w:rsidR="00BC2F53" w:rsidRDefault="00BC2F53" w:rsidP="007B598E">
-[...69 lines deleted...]
-          <w:p w14:paraId="6512C17C" w14:textId="77777777" w:rsidR="000C10C9" w:rsidRPr="00E141EC" w:rsidRDefault="00493E7B">
+          <w:p w14:paraId="1C6EE34D" w14:textId="2A976FBC" w:rsidR="00BC2F53" w:rsidRPr="00D026B4" w:rsidRDefault="00D026B4" w:rsidP="00D026B4">
             <w:pPr>
               <w:pStyle w:val="Cm"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E141EC">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="005078D3" w:rsidRPr="00E141EC">
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00BC2F53" w:rsidRPr="00D026B4">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E141EC">
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Iktatószám</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00BC2F53" w:rsidRPr="00D026B4">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>számmal:</w:t>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2F53" w:rsidRPr="00D026B4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D026B4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D026B4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>…………………………………</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>….</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B959AF3" w14:textId="77777777" w:rsidR="00FA4D57" w:rsidRPr="00E141EC" w:rsidRDefault="00FA4D57">
+          <w:p w14:paraId="6B092A86" w14:textId="77777777" w:rsidR="000278FD" w:rsidRPr="00D026B4" w:rsidRDefault="000278FD">
             <w:pPr>
               <w:pStyle w:val="Cm"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="55661B24" w14:textId="77777777" w:rsidR="00BC2F53" w:rsidRPr="00E141EC" w:rsidRDefault="00493E7B" w:rsidP="00207DEB">
+          <w:p w14:paraId="6512C17C" w14:textId="70C5B04B" w:rsidR="000C10C9" w:rsidRPr="00D026B4" w:rsidRDefault="00493E7B">
+            <w:pPr>
+              <w:pStyle w:val="Cm"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
+              </w:tabs>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D026B4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Már rendelkezem </w:t>
+            </w:r>
+            <w:r w:rsidR="005078D3" w:rsidRPr="00D026B4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>engedély</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D026B4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>számmal:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D7E037" w14:textId="77777777" w:rsidR="00BC2F53" w:rsidRDefault="00493E7B" w:rsidP="00D026B4">
             <w:pPr>
               <w:pStyle w:val="Cm"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="8460"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E141EC">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Zöldségpalánta forgalmazói engedélyem </w:t>
             </w:r>
             <w:r w:rsidR="00FA4D57" w:rsidRPr="00E141EC">
               <w:rPr>
                 <w:b w:val="0"/>
@@ -205,51 +224,51 @@
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00E141EC">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00BC2F53" w:rsidRPr="00E141EC">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="492C1D21" w14:textId="77777777" w:rsidR="00BC2F53" w:rsidRPr="00E141EC" w:rsidRDefault="00BC2F53" w:rsidP="00207DEB">
+          <w:p w14:paraId="492C1D21" w14:textId="25F36E39" w:rsidR="00D026B4" w:rsidRPr="00E141EC" w:rsidRDefault="00D026B4" w:rsidP="00D026B4">
             <w:pPr>
               <w:pStyle w:val="Cm"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="8460"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3ADCF131" w14:textId="77777777" w:rsidR="00BC2F53" w:rsidRDefault="00BC2F53" w:rsidP="00BC2F53">
       <w:pPr>
         <w:pStyle w:val="Cm"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="7920"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -1208,51 +1227,59 @@
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D3163C">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D5E38FB" w14:textId="77777777" w:rsidR="00A676AE" w:rsidRPr="00A676AE" w:rsidRDefault="00A676AE" w:rsidP="00362936">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="7380"/>
           <w:tab w:val="left" w:pos="8820"/>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Helység </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>utca/hsz.</w:t>
+        <w:t>utca/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hsz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>hrsz.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>törlés</w:t>
       </w:r>
     </w:p>
@@ -1475,51 +1502,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9923"/>
         </w:tabs>
         <w:ind w:left="7020"/>
       </w:pPr>
       <w:r>
         <w:t>összesen:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF8ED26" w14:textId="77777777" w:rsidR="00EE70BC" w:rsidRDefault="00EE70BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9923"/>
         </w:tabs>
         <w:ind w:left="7020"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27AEA8B1" w14:textId="77777777" w:rsidR="0083616A" w:rsidRDefault="0083616A" w:rsidP="0083616A">
+    <w:p w14:paraId="27AEA8B1" w14:textId="3CC0623F" w:rsidR="0083616A" w:rsidRDefault="0083616A" w:rsidP="0083616A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8959"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="008E53F0">
         <w:t>Nyilatkozom, hogy a fenti területeket jogszerűen használom</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008E53F0">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="728A58A0" w14:textId="77777777" w:rsidR="0083616A" w:rsidRDefault="0083616A" w:rsidP="0074248E">
@@ -1544,101 +1571,119 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> terjed </w:t>
       </w:r>
       <w:r w:rsidR="002B73AB">
         <w:t>ki</w:t>
       </w:r>
       <w:r w:rsidR="002B73AB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0083616A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="002B3298">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2F4F45D9" w14:textId="77777777" w:rsidR="00A676AE" w:rsidRDefault="00A676AE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tblzatrcsosvilgos"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblInd w:w="70" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10762"/>
+        <w:gridCol w:w="10692"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003721DF" w:rsidRPr="006E4229" w14:paraId="62274442" w14:textId="77777777" w:rsidTr="007B598E">
+      <w:tr w:rsidR="003721DF" w:rsidRPr="006E4229" w14:paraId="62274442" w14:textId="77777777" w:rsidTr="007352B1">
         <w:trPr>
           <w:trHeight w:val="1135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F376A34" w14:textId="77777777" w:rsidR="003721DF" w:rsidRPr="003721DF" w:rsidRDefault="006E2BF1">
             <w:r w:rsidRPr="006E2BF1">
               <w:t>□ zöldségpalánta</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BF21498" w14:textId="77777777" w:rsidR="003721DF" w:rsidRPr="003721DF" w:rsidRDefault="006E2BF1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="006E2BF1">
               <w:t>□ szabadföldi zöldségpalánta (spárga)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="710D04E6" w14:textId="77777777" w:rsidR="003721DF" w:rsidRPr="003721DF" w:rsidRDefault="006E2BF1" w:rsidP="00F47E15">
             <w:r w:rsidRPr="006E2BF1">
               <w:t>□ fokhagyma, dughagyma</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B81EB29" w14:textId="77777777" w:rsidR="003721DF" w:rsidRPr="003721DF" w:rsidRDefault="006E2BF1">
             <w:r w:rsidRPr="006E2BF1">
-              <w:t>□ gyógy-, illóolajos és fűszernövény</w:t>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E2BF1">
+              <w:t>gyógy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E2BF1">
+              <w:t>-, illóolajos és fűszernövény</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="177272F1" w14:textId="77777777" w:rsidR="00A676AE" w:rsidRDefault="00A676AE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CB04EA9" w14:textId="77777777" w:rsidR="00A676AE" w:rsidRDefault="00A676AE" w:rsidP="007D0B4C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tudomásul veszem, hogy az itt közölt adataimban bekövetkezett változásokat 30 napon belül be kell </w:t>
       </w:r>
       <w:r w:rsidR="00493E7B">
         <w:t xml:space="preserve">jelentenem a </w:t>
       </w:r>
       <w:r w:rsidR="00493E7B" w:rsidRPr="00493E7B">
         <w:t xml:space="preserve">tevékenység helye szerinti illetékes </w:t>
@@ -1825,62 +1870,59 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FC944E3" w14:textId="77777777" w:rsidR="0083616A" w:rsidRDefault="0083616A" w:rsidP="0083616A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Nyilatkozom, hogy az alábbi termékpálya szerinti terméktanács, illetve annak hiányában szakmaközi szervezet vagy agrárkamarai tagsággal rendelkezem:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r>
         <w:t>………………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>……</w:t>
       </w:r>
       <w:r w:rsidRPr="000620A2">
+        <w:t>.…</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000620A2">
         <w:t>…</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77648A49" w14:textId="77777777" w:rsidR="0083616A" w:rsidRPr="000620A2" w:rsidRDefault="0083616A" w:rsidP="0083616A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="000620A2">
         <w:t>……………</w:t>
       </w:r>
       <w:r>
         <w:t>……………………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6719F9D8" w14:textId="77777777" w:rsidR="0083616A" w:rsidRPr="00691146" w:rsidRDefault="0083616A" w:rsidP="00495DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
@@ -1907,79 +1949,78 @@
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00495DAC">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD8614D" w14:textId="77777777" w:rsidR="00495DAC" w:rsidRDefault="00D151C3" w:rsidP="00495DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>……………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A1987C8" w14:textId="77777777" w:rsidR="00D151C3" w:rsidRDefault="00D151C3" w:rsidP="00495DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C2F3BF0" w14:textId="28056A9C" w:rsidR="009D0DB3" w:rsidRDefault="00493E7B" w:rsidP="007B598E">
+    <w:p w14:paraId="407B086E" w14:textId="77777777" w:rsidR="00EE70BC" w:rsidRDefault="00493E7B" w:rsidP="007D0B4C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00493E7B">
         <w:t>□ Hozzájárulok, □ nem járulok hozzá, hogy a N</w:t>
       </w:r>
       <w:r w:rsidR="00FA4D57">
         <w:t>ébih</w:t>
       </w:r>
       <w:r w:rsidRPr="00493E7B">
         <w:t xml:space="preserve"> honlapján, a szaporítóanyag termesztők és forgalmazók nyilvántartásában szerepeljen vállalkozásom neve, címe, telefonszáma, nyilvántartási száma, valamint a tevékenység helye szerinti helység neve. A hozzájárulás visszavonható a</w:t>
       </w:r>
       <w:r w:rsidR="0083616A">
         <w:t xml:space="preserve"> disznoveny</w:t>
       </w:r>
       <w:r w:rsidR="00020F13">
         <w:t xml:space="preserve">@nebih.gov.hu </w:t>
       </w:r>
       <w:r w:rsidRPr="00493E7B">
         <w:t>e-mail címen.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-    </w:p>
+      <w:r w:rsidR="008616D6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFF38B4" w14:textId="77777777" w:rsidR="00BE4DB6" w:rsidRDefault="00BE4DB6"/>
+    <w:p w14:paraId="3C2F3BF0" w14:textId="77777777" w:rsidR="009D0DB3" w:rsidRDefault="009D0DB3"/>
     <w:p w14:paraId="7B1B4B43" w14:textId="77777777" w:rsidR="00D151C3" w:rsidRDefault="00A676AE" w:rsidP="00D151C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
           <w:tab w:val="left" w:pos="6804"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Dátum:</w:t>
       </w:r>
       <w:r w:rsidR="00D151C3">
         <w:t>…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D151C3">
         <w:t>…………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00D151C3">
         <w:tab/>
         <w:t>………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61234AD0" w14:textId="77777777" w:rsidR="00A676AE" w:rsidRDefault="00A676AE">
@@ -2202,51 +2243,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Baranya, Somogy és Tolna </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>vár</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>megye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CEBB17C" w14:textId="77777777" w:rsidR="001B4539" w:rsidRPr="00F22774" w:rsidRDefault="001B4539" w:rsidP="00A12D42">
+          <w:p w14:paraId="0CEBB17C" w14:textId="5FAD5D92" w:rsidR="001B4539" w:rsidRPr="00F22774" w:rsidRDefault="001B4539" w:rsidP="00A12D42">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Baranya </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Várm</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
@@ -2263,102 +2304,122 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Agrárügyi Főosztály, </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Vetőmag- és Szaporítóanyag-felügyeleti Osztály</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Lévai Zsolt osztályvezető</w:t>
+            </w:r>
+            <w:r w:rsidR="000278FD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pótóné Oláh Emőke </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22774">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>osztályvezető</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="490495AC" w14:textId="77777777" w:rsidR="001B4539" w:rsidRPr="00F22774" w:rsidRDefault="001B4539" w:rsidP="00A12D42">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">7634 Pécs, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Megyeri út 24</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FEEC718" w14:textId="77777777" w:rsidR="001B4539" w:rsidRPr="00F22774" w:rsidRDefault="001B4539" w:rsidP="00A12D42">
+          <w:p w14:paraId="4FEEC718" w14:textId="6FE6ACDF" w:rsidR="001B4539" w:rsidRPr="00F22774" w:rsidRDefault="001B4539" w:rsidP="00A12D42">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Tel: +36 72 795 143</w:t>
+              <w:t>Tel: +36 72 795 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00551C4D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4539" w:rsidRPr="00F22774" w14:paraId="1094253F" w14:textId="77777777" w:rsidTr="00A12D42">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="641F779F" w14:textId="77777777" w:rsidR="001B4539" w:rsidRPr="00F22774" w:rsidRDefault="001B4539" w:rsidP="00A12D42">
             <w:pPr>
               <w:pStyle w:val="lead"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bács-Kiskun, Békés és Csongrád-Csanád </w:t>
             </w:r>
             <w:r>
@@ -3919,52 +3980,57 @@
       <w:r w:rsidRPr="0058404A">
         <w:t>z engedélykérelem</w:t>
       </w:r>
       <w:r w:rsidR="00D845F1" w:rsidRPr="0058404A">
         <w:t xml:space="preserve">, módosítás, vagy </w:t>
       </w:r>
       <w:r w:rsidR="007E31B1" w:rsidRPr="0058404A">
         <w:t>visszavonás</w:t>
       </w:r>
       <w:r w:rsidR="00D845F1" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> vonatkozik</w:t>
       </w:r>
       <w:r w:rsidR="00FF7070" w:rsidRPr="0058404A">
         <w:t xml:space="preserve">. A „zöldségpalánta” kifejezésbe </w:t>
       </w:r>
       <w:r w:rsidRPr="0058404A">
         <w:t xml:space="preserve">a vonatkozó jogszabályok szerint </w:t>
       </w:r>
       <w:r w:rsidR="00FF7070" w:rsidRPr="0058404A">
         <w:t>beleértendő az egyéb zöldség vegetatív szaporítóanyag (pl.: dughagyma</w:t>
       </w:r>
       <w:r w:rsidR="00F73587" w:rsidRPr="0058404A">
         <w:t>, fiókhagyma, gyökértörzs</w:t>
       </w:r>
       <w:r w:rsidR="00FF7070" w:rsidRPr="0058404A">
-        <w:t>), valamint a gyógy</w:t>
-      </w:r>
+        <w:t xml:space="preserve">), valamint a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FF7070" w:rsidRPr="0058404A">
+        <w:t>gyógy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00782834" w:rsidRPr="0058404A">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00356596">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00FF7070" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> és fűszernövények </w:t>
       </w:r>
       <w:r w:rsidR="00AF2C62" w:rsidRPr="0058404A">
         <w:t xml:space="preserve">vegetatív </w:t>
       </w:r>
       <w:r w:rsidR="00FF7070" w:rsidRPr="0058404A">
         <w:t>szaporítóanyaga is.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="086EFE29" w14:textId="6A34AA2B" w:rsidR="00582461" w:rsidRPr="0058404A" w:rsidRDefault="00582461" w:rsidP="00741A74">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="8789"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0058404A">
         <w:rPr>
@@ -4092,51 +4158,59 @@
       <w:r w:rsidR="00B45CEE" w:rsidRPr="0058404A">
         <w:t>, ill. tárolja</w:t>
       </w:r>
       <w:r w:rsidR="003573B2" w:rsidRPr="0058404A">
         <w:t>. Ha</w:t>
       </w:r>
       <w:r w:rsidR="00D66001" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> a szaporítóanyag </w:t>
       </w:r>
       <w:r w:rsidR="007E31B1" w:rsidRPr="0058404A">
         <w:t>nagy</w:t>
       </w:r>
       <w:r w:rsidR="00D66001" w:rsidRPr="0058404A">
         <w:t>kereskedő nem rendelkezik tároló</w:t>
       </w:r>
       <w:r w:rsidR="0088091A" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D66001" w:rsidRPr="0058404A">
         <w:t xml:space="preserve">hellyel, </w:t>
       </w:r>
       <w:r w:rsidR="005027FB" w:rsidRPr="0058404A">
         <w:t xml:space="preserve">akkor </w:t>
       </w:r>
       <w:r w:rsidR="00D66001" w:rsidRPr="0058404A">
-        <w:t xml:space="preserve">a telephelyet vagy irodát kell megjelölni. </w:t>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66001" w:rsidRPr="0058404A">
+        <w:t>telephelyet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66001" w:rsidRPr="0058404A">
+        <w:t xml:space="preserve"> vagy irodát kell megjelölni. </w:t>
       </w:r>
       <w:r w:rsidRPr="0058404A">
         <w:t xml:space="preserve">Ebben az esetben a területhez </w:t>
       </w:r>
       <w:r w:rsidR="007D57A1" w:rsidRPr="0058404A">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> m</w:t>
       </w:r>
       <w:r w:rsidRPr="0058404A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0058404A">
         <w:t xml:space="preserve">-t kell megadni. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="251912AF" w14:textId="77777777" w:rsidR="005027FB" w:rsidRPr="0058404A" w:rsidRDefault="006E2BF1" w:rsidP="00741A74">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="8789"/>
         </w:tabs>
@@ -4474,51 +4548,59 @@
       <w:r w:rsidR="00A26AC0" w:rsidRPr="0058404A">
         <w:t>kérel</w:t>
       </w:r>
       <w:r w:rsidRPr="0058404A">
         <w:t>emben szereplő</w:t>
       </w:r>
       <w:r w:rsidR="00085895" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> területek beazonosításra alkalmas, földhivatali helyszínrajz</w:t>
       </w:r>
       <w:r w:rsidR="00AF2C62" w:rsidRPr="0058404A">
         <w:t>ának másolata</w:t>
       </w:r>
       <w:r w:rsidR="00085895" w:rsidRPr="0058404A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F42C3D" w:rsidRPr="0058404A">
         <w:t>A csatolt</w:t>
       </w:r>
       <w:r w:rsidR="00F42C3D" w:rsidRPr="0058404A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F42C3D" w:rsidRPr="0058404A">
-        <w:t>helyszínrajzon a tevékenységre felhasznált területeket kérjük satírozással vagy körberajzolással egyértelműen megjelölni</w:t>
+        <w:t xml:space="preserve">helyszínrajzon a tevékenységre felhasznált területeket kérjük satírozással vagy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F42C3D" w:rsidRPr="0058404A">
+        <w:t>körberajzolással</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F42C3D" w:rsidRPr="0058404A">
+        <w:t xml:space="preserve"> egyértelműen megjelölni</w:t>
       </w:r>
       <w:r w:rsidR="00356596">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F42C3D" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00085895" w:rsidRPr="0058404A">
         <w:t xml:space="preserve">Abban az esetben, ha a </w:t>
       </w:r>
       <w:r w:rsidR="00A26AC0" w:rsidRPr="0058404A">
         <w:t>kérel</w:t>
       </w:r>
       <w:r w:rsidRPr="0058404A">
         <w:t>emben szereplő</w:t>
       </w:r>
       <w:r w:rsidR="00085895" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> terület csupán kereskedő</w:t>
       </w:r>
       <w:r w:rsidR="00582461" w:rsidRPr="0058404A">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00085895" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> irodát takar, a </w:t>
       </w:r>
@@ -4613,56 +4695,64 @@
       </w:r>
       <w:r w:rsidR="006E2BF1" w:rsidRPr="0058404A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hat hónapnál nem régebbi növényegészségügyi jegyzőkönyv</w:t>
       </w:r>
       <w:r w:rsidR="00085895" w:rsidRPr="0058404A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CEF6E7" w14:textId="77777777" w:rsidR="00F42C3D" w:rsidRPr="0058404A" w:rsidRDefault="00F42C3D" w:rsidP="00F42C3D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="8789"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0058404A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">19 </w:t>
       </w:r>
       <w:r w:rsidRPr="0058404A">
-        <w:t>Olyan szakmaközi szervezetben vagy egyesületben szerzett tagság, amely szakmailag kapcsolódik a tevékenységhez. Pl.: Vetőmag Szövetség Szakmaközi Szervezet és Terméktanács, Hagyma Terméktanács stb. A termékpálya szerinti terméktanácsok és szakmaközi szervezetek illetve tagszervezeteik listája megtekinthető a Nébih honlapján:</w:t>
+        <w:t xml:space="preserve">Olyan szakmaközi szervezetben vagy egyesületben szerzett tagság, amely szakmailag kapcsolódik a tevékenységhez. Pl.: Vetőmag Szövetség Szakmaközi Szervezet és Terméktanács, Hagyma Terméktanács stb. A termékpálya szerinti terméktanácsok és szakmaközi </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058404A">
+        <w:t>szervezetek</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058404A">
+        <w:t xml:space="preserve"> illetve tagszervezeteik listája megtekinthető a Nébih honlapján:</w:t>
       </w:r>
       <w:r w:rsidR="001E7AE6" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="001E7AE6" w:rsidRPr="0058404A">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
           </w:rPr>
           <w:t>terméktanácsok-szakmaközi szervezetek lista</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="79E2AFD7" w14:textId="77777777" w:rsidR="00F21ACB" w:rsidRPr="0058404A" w:rsidRDefault="00F42C3D" w:rsidP="00A5106D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="8789"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0058404A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="005E613E" w:rsidRPr="0058404A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -4675,183 +4765,176 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF7070" w:rsidRPr="0058404A">
         <w:t>hely</w:t>
       </w:r>
       <w:r w:rsidR="00AB7772" w:rsidRPr="0058404A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006069E5" w:rsidRPr="0058404A">
         <w:t>Engedély-visszavonási</w:t>
       </w:r>
       <w:r w:rsidR="00AB7772" w:rsidRPr="0058404A">
         <w:t xml:space="preserve"> kérelem esetén itt kérjük közölni </w:t>
       </w:r>
       <w:r w:rsidR="006E2BF1" w:rsidRPr="0058404A">
         <w:t>az engedély-visszavonás</w:t>
       </w:r>
       <w:r w:rsidR="00F6525E" w:rsidRPr="0058404A">
         <w:t xml:space="preserve">i kérelem benyújtásának </w:t>
       </w:r>
       <w:r w:rsidR="006E2BF1" w:rsidRPr="0058404A">
         <w:t>okát.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F21ACB" w:rsidRPr="0058404A" w:rsidSect="00B90B21">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="510" w:right="567" w:bottom="510" w:left="567" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73FC064E" w14:textId="77777777" w:rsidR="00C82271" w:rsidRDefault="00C82271">
+    <w:p w14:paraId="72B992F2" w14:textId="77777777" w:rsidR="00475B6B" w:rsidRDefault="00475B6B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3491739C" w14:textId="77777777" w:rsidR="00C82271" w:rsidRDefault="00C82271">
+    <w:p w14:paraId="4DB7F037" w14:textId="77777777" w:rsidR="00475B6B" w:rsidRDefault="00475B6B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3FC527D8" w14:textId="77777777" w:rsidR="002F012C" w:rsidRPr="009E30F2" w:rsidRDefault="003208E4" w:rsidP="00703A8D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FC527D8" w14:textId="63F4C3EF" w:rsidR="002F012C" w:rsidRPr="009E30F2" w:rsidRDefault="003208E4" w:rsidP="00703A8D">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Zpal_</w:t>
     </w:r>
     <w:r w:rsidRPr="00C77BEF">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>KerelemUrlap</w:t>
     </w:r>
     <w:r w:rsidR="007D57A1">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="0083616A">
+    <w:r w:rsidR="000278FD">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F877948" w14:textId="77777777" w:rsidR="00C82271" w:rsidRDefault="00C82271">
+    <w:p w14:paraId="68728859" w14:textId="77777777" w:rsidR="00475B6B" w:rsidRDefault="00475B6B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65E15003" w14:textId="77777777" w:rsidR="00C82271" w:rsidRDefault="00C82271">
+    <w:p w14:paraId="64472563" w14:textId="77777777" w:rsidR="00475B6B" w:rsidRDefault="00475B6B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="6364186"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="4949102B" w14:textId="77777777" w:rsidR="003208E4" w:rsidRDefault="00AA5094">
         <w:pPr>
           <w:pStyle w:val="lfej"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="006511CE">
@@ -4860,83 +4943,84 @@
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="12FE2DBF" w14:textId="77777777" w:rsidR="003208E4" w:rsidRDefault="003208E4">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="99"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F11F8B"/>
     <w:rsid w:val="00013DB1"/>
     <w:rsid w:val="00015240"/>
     <w:rsid w:val="00020F13"/>
+    <w:rsid w:val="000278FD"/>
     <w:rsid w:val="00031E1A"/>
     <w:rsid w:val="00033618"/>
     <w:rsid w:val="000402A7"/>
     <w:rsid w:val="0004724F"/>
     <w:rsid w:val="00047DE9"/>
     <w:rsid w:val="000569BF"/>
     <w:rsid w:val="00060466"/>
     <w:rsid w:val="0006569E"/>
     <w:rsid w:val="00067C0B"/>
     <w:rsid w:val="0007712B"/>
     <w:rsid w:val="00081B21"/>
     <w:rsid w:val="0008454C"/>
     <w:rsid w:val="00085895"/>
     <w:rsid w:val="00086743"/>
     <w:rsid w:val="000873D5"/>
     <w:rsid w:val="000903A4"/>
     <w:rsid w:val="000A023F"/>
     <w:rsid w:val="000B7239"/>
     <w:rsid w:val="000C07AD"/>
     <w:rsid w:val="000C0A82"/>
     <w:rsid w:val="000C10C9"/>
     <w:rsid w:val="000C19A1"/>
     <w:rsid w:val="000D096C"/>
     <w:rsid w:val="000D5D49"/>
     <w:rsid w:val="000E00AF"/>
@@ -5022,50 +5106,51 @@
     <w:rsid w:val="004530DF"/>
     <w:rsid w:val="004715CB"/>
     <w:rsid w:val="00475B6B"/>
     <w:rsid w:val="00476A61"/>
     <w:rsid w:val="00493E7B"/>
     <w:rsid w:val="004940EB"/>
     <w:rsid w:val="00495DAC"/>
     <w:rsid w:val="004972EA"/>
     <w:rsid w:val="004A25E1"/>
     <w:rsid w:val="004B1089"/>
     <w:rsid w:val="004B7394"/>
     <w:rsid w:val="004B73A0"/>
     <w:rsid w:val="004B7ED3"/>
     <w:rsid w:val="004D385E"/>
     <w:rsid w:val="004D3FDD"/>
     <w:rsid w:val="004D549B"/>
     <w:rsid w:val="005027FB"/>
     <w:rsid w:val="00504CE9"/>
     <w:rsid w:val="00505A4A"/>
     <w:rsid w:val="005078D3"/>
     <w:rsid w:val="00522B3C"/>
     <w:rsid w:val="00522E07"/>
     <w:rsid w:val="0054052D"/>
     <w:rsid w:val="00544B49"/>
     <w:rsid w:val="0055002D"/>
+    <w:rsid w:val="00551C4D"/>
     <w:rsid w:val="00552724"/>
     <w:rsid w:val="00555736"/>
     <w:rsid w:val="005565E2"/>
     <w:rsid w:val="00575CD8"/>
     <w:rsid w:val="00582461"/>
     <w:rsid w:val="0058404A"/>
     <w:rsid w:val="00585F3B"/>
     <w:rsid w:val="0059781C"/>
     <w:rsid w:val="005A0BDC"/>
     <w:rsid w:val="005B5347"/>
     <w:rsid w:val="005D2849"/>
     <w:rsid w:val="005D4DA4"/>
     <w:rsid w:val="005D4F85"/>
     <w:rsid w:val="005D506C"/>
     <w:rsid w:val="005D6CCF"/>
     <w:rsid w:val="005E613E"/>
     <w:rsid w:val="005E6F4D"/>
     <w:rsid w:val="005F1507"/>
     <w:rsid w:val="005F2A94"/>
     <w:rsid w:val="005F3E06"/>
     <w:rsid w:val="006005A9"/>
     <w:rsid w:val="006069E5"/>
     <w:rsid w:val="006179ED"/>
     <w:rsid w:val="00620C8C"/>
     <w:rsid w:val="00637AA0"/>
@@ -5090,94 +5175,96 @@
     <w:rsid w:val="006C3E1F"/>
     <w:rsid w:val="006D3DEB"/>
     <w:rsid w:val="006E1578"/>
     <w:rsid w:val="006E2BF1"/>
     <w:rsid w:val="006E4229"/>
     <w:rsid w:val="006F0DDD"/>
     <w:rsid w:val="006F1470"/>
     <w:rsid w:val="006F490E"/>
     <w:rsid w:val="00703A8D"/>
     <w:rsid w:val="007164B5"/>
     <w:rsid w:val="007239C8"/>
     <w:rsid w:val="00732F97"/>
     <w:rsid w:val="007352B1"/>
     <w:rsid w:val="00741A74"/>
     <w:rsid w:val="00741D1F"/>
     <w:rsid w:val="0074248E"/>
     <w:rsid w:val="00744400"/>
     <w:rsid w:val="007468F2"/>
     <w:rsid w:val="0075111F"/>
     <w:rsid w:val="00782834"/>
     <w:rsid w:val="00783C18"/>
     <w:rsid w:val="00791DF1"/>
     <w:rsid w:val="007A22DA"/>
     <w:rsid w:val="007A3AA9"/>
     <w:rsid w:val="007A7685"/>
-    <w:rsid w:val="007B598E"/>
     <w:rsid w:val="007B6E26"/>
+    <w:rsid w:val="007C4274"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007D0B4C"/>
     <w:rsid w:val="007D2494"/>
     <w:rsid w:val="007D57A1"/>
     <w:rsid w:val="007E0CD0"/>
     <w:rsid w:val="007E31B1"/>
     <w:rsid w:val="007E68B0"/>
     <w:rsid w:val="007F068E"/>
     <w:rsid w:val="007F37DB"/>
     <w:rsid w:val="007F3D35"/>
     <w:rsid w:val="00806450"/>
     <w:rsid w:val="00807EC7"/>
     <w:rsid w:val="00811497"/>
     <w:rsid w:val="008124D3"/>
     <w:rsid w:val="00833912"/>
     <w:rsid w:val="0083616A"/>
     <w:rsid w:val="008476C5"/>
     <w:rsid w:val="008572E1"/>
     <w:rsid w:val="008616D6"/>
     <w:rsid w:val="008622C5"/>
     <w:rsid w:val="00866134"/>
     <w:rsid w:val="0086710B"/>
     <w:rsid w:val="0088091A"/>
     <w:rsid w:val="00886683"/>
     <w:rsid w:val="00891010"/>
     <w:rsid w:val="008922C6"/>
     <w:rsid w:val="0089649B"/>
+    <w:rsid w:val="008B2ABE"/>
     <w:rsid w:val="008B6199"/>
     <w:rsid w:val="008B759A"/>
     <w:rsid w:val="008D29DC"/>
     <w:rsid w:val="008D3EF1"/>
     <w:rsid w:val="008E02FD"/>
     <w:rsid w:val="008E55A2"/>
     <w:rsid w:val="008F2799"/>
     <w:rsid w:val="008F2FAA"/>
     <w:rsid w:val="009121F6"/>
     <w:rsid w:val="00914972"/>
     <w:rsid w:val="0092785D"/>
     <w:rsid w:val="00932198"/>
     <w:rsid w:val="00937D3F"/>
     <w:rsid w:val="00940990"/>
     <w:rsid w:val="00946572"/>
+    <w:rsid w:val="00960380"/>
     <w:rsid w:val="0096345C"/>
     <w:rsid w:val="00965F1A"/>
     <w:rsid w:val="00986AE9"/>
     <w:rsid w:val="00995BC2"/>
     <w:rsid w:val="009960AE"/>
     <w:rsid w:val="009A5FAD"/>
     <w:rsid w:val="009B533B"/>
     <w:rsid w:val="009C408A"/>
     <w:rsid w:val="009C4DC5"/>
     <w:rsid w:val="009C6443"/>
     <w:rsid w:val="009C6614"/>
     <w:rsid w:val="009D0DB3"/>
     <w:rsid w:val="009D2CCC"/>
     <w:rsid w:val="009E111F"/>
     <w:rsid w:val="009E30F2"/>
     <w:rsid w:val="009F11CF"/>
     <w:rsid w:val="009F3B41"/>
     <w:rsid w:val="009F4554"/>
     <w:rsid w:val="00A13960"/>
     <w:rsid w:val="00A14BF5"/>
     <w:rsid w:val="00A16BDA"/>
     <w:rsid w:val="00A22941"/>
     <w:rsid w:val="00A23904"/>
     <w:rsid w:val="00A26AC0"/>
     <w:rsid w:val="00A273C2"/>
@@ -5194,121 +5281,123 @@
     <w:rsid w:val="00A83E1C"/>
     <w:rsid w:val="00A84841"/>
     <w:rsid w:val="00A92223"/>
     <w:rsid w:val="00AA3890"/>
     <w:rsid w:val="00AA5094"/>
     <w:rsid w:val="00AB2AB3"/>
     <w:rsid w:val="00AB6403"/>
     <w:rsid w:val="00AB7772"/>
     <w:rsid w:val="00AC632C"/>
     <w:rsid w:val="00AD74F3"/>
     <w:rsid w:val="00AE000B"/>
     <w:rsid w:val="00AE6FBF"/>
     <w:rsid w:val="00AF2C62"/>
     <w:rsid w:val="00AF7A09"/>
     <w:rsid w:val="00B03AF5"/>
     <w:rsid w:val="00B12ABF"/>
     <w:rsid w:val="00B14982"/>
     <w:rsid w:val="00B240C4"/>
     <w:rsid w:val="00B27EF6"/>
     <w:rsid w:val="00B33CD9"/>
     <w:rsid w:val="00B37938"/>
     <w:rsid w:val="00B45CEE"/>
     <w:rsid w:val="00B56ED6"/>
     <w:rsid w:val="00B6017D"/>
     <w:rsid w:val="00B6596F"/>
+    <w:rsid w:val="00B85EC6"/>
     <w:rsid w:val="00B86647"/>
     <w:rsid w:val="00B90B21"/>
     <w:rsid w:val="00BA1328"/>
     <w:rsid w:val="00BA7207"/>
     <w:rsid w:val="00BB07BB"/>
     <w:rsid w:val="00BC19EE"/>
     <w:rsid w:val="00BC2F53"/>
     <w:rsid w:val="00BD2DBF"/>
     <w:rsid w:val="00BE4DB6"/>
     <w:rsid w:val="00BE7568"/>
     <w:rsid w:val="00BF13AC"/>
     <w:rsid w:val="00BF1C94"/>
     <w:rsid w:val="00BF1CC1"/>
     <w:rsid w:val="00C0150B"/>
     <w:rsid w:val="00C01572"/>
     <w:rsid w:val="00C07213"/>
     <w:rsid w:val="00C17939"/>
     <w:rsid w:val="00C22FE8"/>
     <w:rsid w:val="00C338DC"/>
     <w:rsid w:val="00C355AC"/>
     <w:rsid w:val="00C44EFF"/>
     <w:rsid w:val="00C4773E"/>
     <w:rsid w:val="00C75061"/>
     <w:rsid w:val="00C77BEF"/>
     <w:rsid w:val="00C77DAA"/>
     <w:rsid w:val="00C8215D"/>
-    <w:rsid w:val="00C82271"/>
     <w:rsid w:val="00CA6F5A"/>
     <w:rsid w:val="00CA7505"/>
     <w:rsid w:val="00CC5579"/>
     <w:rsid w:val="00CC5E84"/>
     <w:rsid w:val="00CC7087"/>
     <w:rsid w:val="00CC7889"/>
     <w:rsid w:val="00CD6629"/>
     <w:rsid w:val="00CE144D"/>
     <w:rsid w:val="00CE4063"/>
     <w:rsid w:val="00CF1B95"/>
     <w:rsid w:val="00D00DB3"/>
+    <w:rsid w:val="00D026B4"/>
     <w:rsid w:val="00D151C3"/>
     <w:rsid w:val="00D23258"/>
     <w:rsid w:val="00D243F1"/>
     <w:rsid w:val="00D255A4"/>
     <w:rsid w:val="00D3163C"/>
     <w:rsid w:val="00D36E67"/>
     <w:rsid w:val="00D45FBF"/>
     <w:rsid w:val="00D66001"/>
     <w:rsid w:val="00D70EEB"/>
     <w:rsid w:val="00D7545F"/>
     <w:rsid w:val="00D75C45"/>
     <w:rsid w:val="00D845F1"/>
     <w:rsid w:val="00D90D5F"/>
     <w:rsid w:val="00DA648A"/>
     <w:rsid w:val="00DB0B98"/>
     <w:rsid w:val="00DB23B1"/>
     <w:rsid w:val="00DB2D47"/>
     <w:rsid w:val="00DD1571"/>
     <w:rsid w:val="00DD6C1F"/>
     <w:rsid w:val="00DE1B8A"/>
     <w:rsid w:val="00DE5C93"/>
     <w:rsid w:val="00DF7CD2"/>
     <w:rsid w:val="00E141EC"/>
     <w:rsid w:val="00E21646"/>
     <w:rsid w:val="00E264FC"/>
     <w:rsid w:val="00E3677F"/>
     <w:rsid w:val="00E37ED1"/>
     <w:rsid w:val="00E45090"/>
     <w:rsid w:val="00E46F43"/>
     <w:rsid w:val="00E47473"/>
     <w:rsid w:val="00E537E2"/>
     <w:rsid w:val="00E62B7A"/>
     <w:rsid w:val="00E73B6E"/>
+    <w:rsid w:val="00E77131"/>
     <w:rsid w:val="00E80627"/>
     <w:rsid w:val="00E867F2"/>
     <w:rsid w:val="00E87079"/>
     <w:rsid w:val="00E9655C"/>
     <w:rsid w:val="00E97AEE"/>
     <w:rsid w:val="00EB33AC"/>
     <w:rsid w:val="00EB7085"/>
     <w:rsid w:val="00EC49D5"/>
     <w:rsid w:val="00EC4C27"/>
     <w:rsid w:val="00ED6B2D"/>
     <w:rsid w:val="00EE70BC"/>
     <w:rsid w:val="00EF6A0F"/>
     <w:rsid w:val="00F067F8"/>
     <w:rsid w:val="00F10AD6"/>
     <w:rsid w:val="00F11F8B"/>
     <w:rsid w:val="00F15456"/>
     <w:rsid w:val="00F21ACB"/>
     <w:rsid w:val="00F22774"/>
     <w:rsid w:val="00F24CBD"/>
     <w:rsid w:val="00F30DB1"/>
     <w:rsid w:val="00F40A17"/>
     <w:rsid w:val="00F42C3D"/>
     <w:rsid w:val="00F47E15"/>
     <w:rsid w:val="00F51346"/>
     <w:rsid w:val="00F53AF9"/>
@@ -5322,78 +5411,78 @@
     <w:rsid w:val="00F9412F"/>
     <w:rsid w:val="00F94EF8"/>
     <w:rsid w:val="00FA092E"/>
     <w:rsid w:val="00FA4D57"/>
     <w:rsid w:val="00FB7D68"/>
     <w:rsid w:val="00FC07A2"/>
     <w:rsid w:val="00FD7294"/>
     <w:rsid w:val="00FE1FAE"/>
     <w:rsid w:val="00FF071F"/>
     <w:rsid w:val="00FF525B"/>
     <w:rsid w:val="00FF7070"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="hu-HU" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1908BC76"/>
   <w15:docId w15:val="{642894D4-D745-4C4F-801B-7B677EED70B9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5455,95 +5544,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -5722,69 +5814,71 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Norml">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00741A74"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Bekezdsalapbettpusa">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normltblzat">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nemlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cm">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Norml"/>
     <w:qFormat/>
     <w:rsid w:val="00DA648A"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
@@ -5963,79 +6057,63 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="0092785D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="lead">
     <w:name w:val="lead"/>
     <w:basedOn w:val="Norml"/>
     <w:rsid w:val="00F22774"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tblzatrcsosvilgos">
-[...14 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok%23Disznoveny_es_Zoldsegpalanta" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok%23Disznoveny_es_Zoldsegpalanta" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6277,88 +6355,57 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>756</Words>
-  <Characters>9796</Characters>
+  <Words>1212</Words>
+  <Characters>9341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>753</Lines>
-  <Paragraphs>753</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9799</CharactersWithSpaces>
+  <CharactersWithSpaces>10532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Kérelem</dc:title>
-  <dc:creator>OMMI</dc:creator>
+  <dc:title/>
+  <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>