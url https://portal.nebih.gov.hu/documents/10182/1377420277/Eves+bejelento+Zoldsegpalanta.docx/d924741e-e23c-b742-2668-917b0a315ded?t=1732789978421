--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,3039 +1,3063 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00AD5BF6" w:rsidRPr="00796B62" w:rsidRDefault="00AD3111" w:rsidP="00AD5BF6">
+    <w:p w14:paraId="3085928E" w14:textId="3006BB3B" w:rsidR="00AD5BF6" w:rsidRPr="00B115A7" w:rsidRDefault="00AD3111" w:rsidP="00AD5BF6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ÉVES </w:t>
       </w:r>
-      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00796B62">
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>BEJELENTŐLAP 20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C24001">
+        <w:t xml:space="preserve">BEJELENTŐLAP </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0663" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E91CB3">
+        <w:t>………évre</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD5BF6" w:rsidRDefault="00AD3111" w:rsidP="00AD5BF6">
+    <w:p w14:paraId="0F542210" w14:textId="77777777" w:rsidR="00AD5BF6" w:rsidRPr="00B115A7" w:rsidRDefault="00AD3111" w:rsidP="00AD5BF6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
-      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00796B62">
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">öldségpalánta </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>szaporítóanyag-</w:t>
       </w:r>
-      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00796B62">
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>termeszt</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ői és -</w:t>
       </w:r>
-      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00796B62">
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>forgal</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mazói tevékenység</w:t>
       </w:r>
-      <w:r w:rsidR="00F935FB">
+      <w:r w:rsidR="00F935FB" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ől</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028681F" w:rsidRPr="00796B62" w:rsidRDefault="0028681F" w:rsidP="00AD5BF6">
+    <w:p w14:paraId="29AB7670" w14:textId="77777777" w:rsidR="0028681F" w:rsidRPr="00B115A7" w:rsidRDefault="0028681F" w:rsidP="00AD5BF6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002200B1" w:rsidRDefault="002200B1" w:rsidP="00AD5BF6">
+    <w:p w14:paraId="31EB6A20" w14:textId="77777777" w:rsidR="002200B1" w:rsidRPr="00B115A7" w:rsidRDefault="002200B1" w:rsidP="00AD5BF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000663CA" w:rsidRPr="002B284D" w:rsidRDefault="000663CA" w:rsidP="0030446B">
+    <w:p w14:paraId="2F531362" w14:textId="77777777" w:rsidR="000663CA" w:rsidRPr="00B115A7" w:rsidRDefault="000663CA" w:rsidP="0030446B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10716"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B284D">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="002B284D">
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Az engedélyes neve:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000663CA" w:rsidRDefault="000663CA" w:rsidP="0030446B">
+    <w:p w14:paraId="211B7490" w14:textId="77777777" w:rsidR="000663CA" w:rsidRPr="00B115A7" w:rsidRDefault="000663CA" w:rsidP="0030446B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10716"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>székhely/lakcím:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000663CA" w:rsidRPr="002B284D" w:rsidRDefault="0030446B" w:rsidP="0030446B">
+    <w:p w14:paraId="3553899C" w14:textId="77777777" w:rsidR="000663CA" w:rsidRPr="00B115A7" w:rsidRDefault="0030446B" w:rsidP="0030446B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">telefonszám: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>email:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000663CA" w:rsidRPr="0022648A" w:rsidRDefault="000663CA" w:rsidP="008025D5">
+    <w:p w14:paraId="60D30295" w14:textId="77777777" w:rsidR="000663CA" w:rsidRPr="00B115A7" w:rsidRDefault="000663CA" w:rsidP="008025D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="5103"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00615026">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Engedélyszám:</w:t>
       </w:r>
-      <w:r w:rsidR="0030446B">
+      <w:r w:rsidR="0030446B" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-      <w:r w:rsidR="008025D5">
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tevékenység helye (helység):</w:t>
+      </w:r>
+      <w:r w:rsidR="008025D5" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6BC4" w:rsidRDefault="009E6BC4" w:rsidP="009E6BC4">
+    <w:p w14:paraId="648975BF" w14:textId="77777777" w:rsidR="00E63DC8" w:rsidRPr="00B115A7" w:rsidRDefault="00E63DC8" w:rsidP="00E63DC8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5579"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009E6BC4" w:rsidRDefault="009E6BC4" w:rsidP="00425E1B">
+    <w:p w14:paraId="561C6979" w14:textId="77777777" w:rsidR="00AD5BF6" w:rsidRPr="00B115A7" w:rsidRDefault="009E6BC4" w:rsidP="00425E1B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Bejelentem</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, hogy zöldségpalánta</w:t>
+      </w:r>
+      <w:r w:rsidR="00942E4D" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0021507B" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00942E4D" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dughagyma- és f</w:t>
+      </w:r>
+      <w:r w:rsidR="009008CA" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ok</w:t>
+      </w:r>
+      <w:r w:rsidR="00942E4D" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hagyma </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">forgalmazással kapcsolatos tevékenységemet az alábbiak szerint </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>végzem</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5BF6" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AD5BF6" w:rsidRDefault="009E6BC4" w:rsidP="00425E1B">
+    <w:p w14:paraId="1B071BDA" w14:textId="77777777" w:rsidR="00945E60" w:rsidRPr="00B115A7" w:rsidRDefault="00945E60" w:rsidP="00425E1B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00945E60" w:rsidRPr="00796B62" w:rsidRDefault="00945E60" w:rsidP="00425E1B">
-[...9 lines deleted...]
-    <w:p w:rsidR="0048696A" w:rsidRDefault="00945E60" w:rsidP="003D20B6">
+    <w:p w14:paraId="7AC44C50" w14:textId="77777777" w:rsidR="0048696A" w:rsidRPr="00B115A7" w:rsidRDefault="00945E60" w:rsidP="003D20B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="5940"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="0048696A" w:rsidRPr="00796B62">
+      <w:r w:rsidR="0048696A" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dőszak (hónaptól – hónapig): </w:t>
       </w:r>
-      <w:r w:rsidR="003D20B6">
+      <w:r w:rsidR="003D20B6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nettó termesztő</w:t>
       </w:r>
-      <w:r w:rsidR="004E178F">
+      <w:r w:rsidR="004E178F" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>terület</w:t>
       </w:r>
-      <w:r w:rsidR="00782D31">
+      <w:r w:rsidR="00782D31" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="0062672D">
+      <w:r w:rsidR="0062672D" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00782D31">
+      <w:r w:rsidR="00782D31" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00782D31" w:rsidRPr="00782D31">
+      <w:r w:rsidR="00782D31" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0030446B" w:rsidRDefault="003D20B6" w:rsidP="00BF00D7">
+    <w:p w14:paraId="57B09C43" w14:textId="77777777" w:rsidR="0030446B" w:rsidRPr="00B115A7" w:rsidRDefault="003D20B6" w:rsidP="00BF00D7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Szaporítóanyag-csoport: </w:t>
       </w:r>
-      <w:r w:rsidR="00BF00D7" w:rsidRPr="0022648A">
-[...39 lines deleted...]
-      <w:r w:rsidR="004874C7">
+      <w:r w:rsidR="00BF00D7" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ Zöldségpalánta, □ </w:t>
+      </w:r>
+      <w:r w:rsidR="004874C7" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Szabadföld</w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-      <w:r w:rsidR="00BF00D7" w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i zöldségpalánta (spárga), □ </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF00D7" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="009008CA">
+      <w:r w:rsidR="009008CA" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00BF00D7" w:rsidRPr="00796B62">
+      <w:r w:rsidR="00BF00D7" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>khagyma, dughagyma,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC4610" w:rsidRDefault="00BF00D7" w:rsidP="00BF00D7">
+    <w:p w14:paraId="2D679247" w14:textId="77777777" w:rsidR="00FC4610" w:rsidRPr="00B115A7" w:rsidRDefault="00BF00D7" w:rsidP="00BF00D7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="007C2C88">
+      <w:r w:rsidR="007C2C88" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C17746">
+      <w:r w:rsidR="00C17746" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gyógy- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>és fűszernövény</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Rcsostblzat"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8928"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="696"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidTr="00E4358B">
+      <w:tr w:rsidR="004E178F" w:rsidRPr="00B115A7" w14:paraId="033DF489" w14:textId="77777777" w:rsidTr="001D4730">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="796382C2" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="799C4BED" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>igen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="7C19C23F" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidTr="00E4358B">
+      <w:tr w:rsidR="004E178F" w:rsidRPr="00B115A7" w14:paraId="0FC32658" w14:textId="77777777" w:rsidTr="001D4730">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="7ADAD2CE" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A belföldi értékesítésen kívül szaporítóanyagot értékesítek EU tagállamba.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="37D61B08" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="2BD7C591" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidTr="00E4358B">
+      <w:tr w:rsidR="004E178F" w:rsidRPr="00B115A7" w14:paraId="1E274C86" w14:textId="77777777" w:rsidTr="001D4730">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="000901F2">
+          <w:p w14:paraId="4CA2A934" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="000901F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rendelkezem harmadik országba szánt, elkülönített palántával, f</w:t>
             </w:r>
-            <w:r w:rsidR="000901F2">
+            <w:r w:rsidR="000901F2" w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ok</w:t>
             </w:r>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>hagymával, dughagymával.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="17420251" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="5A5F8968" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidTr="00E4358B">
+      <w:tr w:rsidR="004E178F" w:rsidRPr="00B115A7" w14:paraId="124E9C38" w14:textId="77777777" w:rsidTr="001D4730">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="000901F2">
+          <w:p w14:paraId="64AF802D" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="000901F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Harmadik országból palántát, f</w:t>
             </w:r>
-            <w:r w:rsidR="000901F2">
+            <w:r w:rsidR="000901F2" w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ok</w:t>
             </w:r>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>hagymát, dughagymát hozok be (import).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="3BD533D6" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="7D326B62" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidTr="00E4358B">
+      <w:tr w:rsidR="004E178F" w:rsidRPr="00B115A7" w14:paraId="67C0BE13" w14:textId="77777777" w:rsidTr="001D4730">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="6CCBCF82" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Saját szaporítóanyag kísérő okmányt használok</w:t>
             </w:r>
-            <w:r w:rsidR="001D7163">
+            <w:r w:rsidR="001D7163" w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (számla, szállító)</w:t>
             </w:r>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="61E48CC9" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="17F9DDDA" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidTr="00E4358B">
+      <w:tr w:rsidR="004E178F" w:rsidRPr="00B115A7" w14:paraId="016EF174" w14:textId="77777777" w:rsidTr="001D4730">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="001D7163" w:rsidP="001D4730">
+          <w:p w14:paraId="6848BC7C" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="001D7163" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">A </w:t>
             </w:r>
-            <w:r w:rsidR="00C24001">
+            <w:r w:rsidR="00C24001" w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nébih</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> által rendszeresített formanyomtatványt használom.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="4973DC3B" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="7CD48E95" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidTr="00E4358B">
+      <w:tr w:rsidR="004E178F" w:rsidRPr="00B115A7" w14:paraId="574B99BD" w14:textId="77777777" w:rsidTr="001D4730">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="1831A46B" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üzemi törzsültetvénnyel rendelkezem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="437D55F8" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="3A57D9CE" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidTr="00E4358B">
+      <w:tr w:rsidR="004E178F" w:rsidRPr="00B115A7" w14:paraId="3A4B0658" w14:textId="77777777" w:rsidTr="001D4730">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="0A55C2B4" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Anyanövénnyel rendelkezem. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="171B1B1B" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="05EB98A1" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidTr="00E4358B">
+      <w:tr w:rsidR="004E178F" w:rsidRPr="00B115A7" w14:paraId="1AB01B7F" w14:textId="77777777" w:rsidTr="001D4730">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="007C2C88">
+          <w:p w14:paraId="6B3F3E19" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="007C2C88">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mikroszaporítást</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> végzek, lamináris </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>boxok</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>száma:…</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>……………….</w:t>
             </w:r>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:tab/>
               <w:t>db</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="743E4701" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004E178F" w:rsidRPr="001D4730" w:rsidRDefault="004E178F" w:rsidP="001D4730">
+          <w:p w14:paraId="1436F05F" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="001D4730">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4730">
+            <w:r w:rsidRPr="00B115A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004E178F" w:rsidRDefault="004E178F" w:rsidP="004E178F">
+    <w:p w14:paraId="711B8657" w14:textId="77777777" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="004E178F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A2893" w:rsidRDefault="003A2893" w:rsidP="004E178F">
+    <w:p w14:paraId="683FB773" w14:textId="77777777" w:rsidR="00425E1B" w:rsidRPr="00B115A7" w:rsidRDefault="003D20B6" w:rsidP="004E178F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nyilatkozat</w:t>
+      </w:r>
+      <w:r w:rsidR="00425E1B" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00425E1B" w:rsidRPr="00796B62" w:rsidRDefault="003D20B6" w:rsidP="004E178F">
-[...30 lines deleted...]
-    <w:p w:rsidR="004E178F" w:rsidRDefault="004E178F" w:rsidP="00425E1B">
+    <w:p w14:paraId="6F6D9CFA" w14:textId="1EEAD01C" w:rsidR="004E178F" w:rsidRPr="00B115A7" w:rsidRDefault="004E178F" w:rsidP="00425E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00796B62">
-[...39 lines deleted...]
-      <w:r w:rsidR="003A2893">
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kijelentem, hogy </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0663" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>előző év</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30619" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2893" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ………………………t f</w:t>
       </w:r>
-      <w:r w:rsidR="009008CA">
+      <w:r w:rsidR="009008CA" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>khagymát</w:t>
       </w:r>
-      <w:r w:rsidR="000901F2">
+      <w:r w:rsidR="000901F2" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="000901F2">
+      <w:r w:rsidR="000901F2" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dughagymát, </w:t>
       </w:r>
-      <w:r w:rsidR="008260E6">
+      <w:r w:rsidR="008260E6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>……………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="008260E6">
+      <w:r w:rsidR="008260E6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="008260E6">
+      <w:r w:rsidR="008260E6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.db zöldség (gyógy-</w:t>
       </w:r>
-      <w:r w:rsidR="00F935FB">
+      <w:r w:rsidR="00F935FB" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>és fűszernövény) palántát hoztam forgalomba</w:t>
       </w:r>
-      <w:r w:rsidR="00497F40">
+      <w:r w:rsidR="00497F40" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D112A2" w:rsidRDefault="00D112A2" w:rsidP="004E178F">
+    <w:p w14:paraId="52B53D50" w14:textId="77777777" w:rsidR="00E63DC8" w:rsidRPr="00B115A7" w:rsidRDefault="00E63DC8" w:rsidP="00425E1B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
+        </w:tabs>
+        <w:ind w:left="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="055156D5" w14:textId="77777777" w:rsidR="00E63DC8" w:rsidRPr="00B115A7" w:rsidRDefault="00E63DC8" w:rsidP="00E63DC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="5579"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ Tevékenységemet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>megszüntettem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Az engedély visszavonási kérelmet benyújtom a tevékenység helye szerint illetékes növénytermesztési hatáskörben eljáró vármegyei kormányhivatalnak.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2C19BB" w14:textId="77777777" w:rsidR="00D112A2" w:rsidRPr="00B115A7" w:rsidRDefault="00D112A2" w:rsidP="004E178F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="13"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D0A0D" w:rsidRDefault="00B5359F" w:rsidP="005D0A0D">
+    <w:p w14:paraId="45E3FEF6" w14:textId="77777777" w:rsidR="005D0A0D" w:rsidRPr="00B115A7" w:rsidRDefault="00B5359F" w:rsidP="005D0A0D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">csak </w:t>
       </w:r>
-      <w:r w:rsidR="006350C4" w:rsidRPr="003B2B18">
+      <w:r w:rsidR="006350C4" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Dughagyma </w:t>
       </w:r>
-      <w:r w:rsidR="0082136B">
+      <w:r w:rsidR="0082136B" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">és fokhagyma </w:t>
       </w:r>
-      <w:r w:rsidR="006350C4" w:rsidRPr="003B2B18">
+      <w:r w:rsidR="006350C4" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>termesztők</w:t>
       </w:r>
-      <w:r w:rsidR="006350C4" w:rsidRPr="003B2B18">
+      <w:r w:rsidR="006350C4" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B5359F">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>töltik ki:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F0FC6" w:rsidRDefault="00F15184" w:rsidP="004D77F8">
+    <w:p w14:paraId="56B91003" w14:textId="77777777" w:rsidR="002F0FC6" w:rsidRPr="00B115A7" w:rsidRDefault="00F15184" w:rsidP="004D77F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:leader="dot" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nyilatkozom, hogy</w:t>
       </w:r>
-      <w:r w:rsidR="0008765D">
+      <w:r w:rsidR="0008765D" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004427E2">
+      <w:r w:rsidR="004427E2" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="0008765D">
+      <w:r w:rsidR="0008765D" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dughagyma-, ill. f</w:t>
       </w:r>
-      <w:r w:rsidR="009008CA">
+      <w:r w:rsidR="009008CA" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="0008765D">
+      <w:r w:rsidR="0008765D" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>khagyma</w:t>
       </w:r>
-      <w:r w:rsidR="003A2893">
+      <w:r w:rsidR="003A2893" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0008765D">
+      <w:r w:rsidR="0008765D" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">termesztés </w:t>
       </w:r>
-      <w:r w:rsidR="002F0FC6">
+      <w:r w:rsidR="002F0FC6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>területe</w:t>
       </w:r>
-      <w:r w:rsidR="00BF00D7">
+      <w:r w:rsidR="00BF00D7" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007C2C88">
+      <w:r w:rsidR="007C2C88" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A03E4">
+      <w:r w:rsidR="003A03E4" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00662298">
+      <w:r w:rsidR="00662298" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>em változ</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE">
-[...7 lines deleted...]
-      <w:r w:rsidR="00554518">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ik </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>meg</w:t>
+      </w:r>
+      <w:r w:rsidR="00554518" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00662298">
+      <w:r w:rsidR="00662298" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C2C88">
+      <w:r w:rsidR="007C2C88" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00681798" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00681798" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="00662298">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00662298" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00554518">
+      <w:r w:rsidR="00554518" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="007C2C88">
+      <w:r w:rsidR="007C2C88" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00211F47">
+      <w:r w:rsidR="00211F47" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F0FC6">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002F0FC6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>megváltoz</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ik</w:t>
       </w:r>
-      <w:r w:rsidR="00BF00D7">
+      <w:r w:rsidR="00BF00D7" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00694C0F">
+      <w:r w:rsidR="00694C0F" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00681798" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00681798" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00F72245" w:rsidRPr="001D7163" w:rsidRDefault="00F72245" w:rsidP="00302FDE">
+    <w:p w14:paraId="54739816" w14:textId="369B4D9D" w:rsidR="00E63DC8" w:rsidRPr="00B115A7" w:rsidRDefault="00F72245" w:rsidP="00302FDE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5579"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D7163">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tudomás</w:t>
       </w:r>
-      <w:r w:rsidR="00D1531C" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00D1531C" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>om van</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> arról, hogy </w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>a területmódosítást a tevékenység megkezdése előtt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D1531C" w:rsidRPr="001D7163">
+        <w:t>a területmódosítást</w:t>
+      </w:r>
+      <w:r w:rsidR="00B140FD" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+        <w:t xml:space="preserve"> április 30-ig</w:t>
+      </w:r>
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a te</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008260E6" w:rsidRPr="001D7163">
+        <w:t xml:space="preserve"> a tevékenység megkezdése előtt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1531C" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>vékenység</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> helye szerint</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F935FB">
+        <w:t xml:space="preserve"> a te</w:t>
+      </w:r>
+      <w:r w:rsidR="008260E6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> illetékes </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F935FB" w:rsidRPr="001D7163">
+        <w:t>vékenység</w:t>
+      </w:r>
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>növénytermesztési</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F935FB">
+        <w:t xml:space="preserve"> helye szerint</w:t>
+      </w:r>
+      <w:r w:rsidR="00F935FB" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hatáskörben eljáró megyei kormányhivatalnál</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+        <w:t xml:space="preserve"> illetékes növénytermesztési hatáskörben eljáró </w:t>
+      </w:r>
+      <w:r w:rsidR="00E63DC8" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>vár</w:t>
+      </w:r>
+      <w:r w:rsidR="00F935FB" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>megyei kormányhivatalnál</w:t>
+      </w:r>
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> kérelmeznem kell.</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Területmódosítás esetén a </w:t>
       </w:r>
-      <w:r w:rsidR="008260E6" w:rsidRPr="001D7163">
+      <w:r w:rsidR="008260E6" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>érelemhez csatol</w:t>
       </w:r>
-      <w:r w:rsidR="00D1531C" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00D1531C" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nom kell</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r w:rsidR="001E43D2" w:rsidRPr="001D7163">
+      <w:r w:rsidR="001E43D2" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>z újonnan termesztésbe vont</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> területek</w:t>
       </w:r>
-      <w:r w:rsidR="00C17746" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00C17746" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> helyszínrajzát</w:t>
       </w:r>
-      <w:r w:rsidR="00C95944" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00C95944" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C17746" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00C17746" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>és</w:t>
       </w:r>
-      <w:r w:rsidR="002200B1" w:rsidRPr="001D7163">
+      <w:r w:rsidR="002200B1" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> jogszerű használatának</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D7163">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C17746" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00C17746" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>igazolását, valamint</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D7163">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> növény</w:t>
       </w:r>
-      <w:r w:rsidR="00F87926" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00F87926" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D7163">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">egészségügyi alkalmasságának </w:t>
       </w:r>
-      <w:r w:rsidR="001E43D2" w:rsidRPr="001D7163">
+      <w:r w:rsidR="001E43D2" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">hat hónapnál nem régebbi </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D7163">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>igazolás</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">át. </w:t>
       </w:r>
-      <w:r w:rsidR="00C17746" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00C17746" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tudomásul veszem, hogy a</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> területmódosításról szóló döntés </w:t>
       </w:r>
-      <w:r w:rsidR="00D1531C" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00D1531C" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kézhez vétele előtt</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D7163">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dughagymát és f</w:t>
       </w:r>
-      <w:r w:rsidR="00F87926" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00F87926" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D7163">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>khagymát a</w:t>
       </w:r>
-      <w:r w:rsidR="00302FDE" w:rsidRPr="001D7163">
+      <w:r w:rsidR="00302FDE" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nyilvántartásba nem </w:t>
       </w:r>
-      <w:r w:rsidR="003A2893" w:rsidRPr="001D7163">
+      <w:r w:rsidR="003A2893" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">vett </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D7163">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">területekről nem hozhatok forgalomba. </w:t>
       </w:r>
-      <w:r w:rsidR="00C17746" w:rsidRPr="001D7163">
-[...11 lines deleted...]
-          <w:i/>
+    </w:p>
+    <w:p w14:paraId="63CA62D1" w14:textId="77777777" w:rsidR="00E63DC8" w:rsidRPr="00B115A7" w:rsidRDefault="00E63DC8" w:rsidP="00302FDE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="5579"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A82B78" w14:textId="719E5FB4" w:rsidR="00F72245" w:rsidRPr="00B115A7" w:rsidRDefault="00C17746" w:rsidP="00302FDE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="5579"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>„Kérelem űrlap”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> letölthető a N</w:t>
+      </w:r>
+      <w:r w:rsidR="00C24001" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ébih</w:t>
       </w:r>
-      <w:r w:rsidR="00C17746" w:rsidRPr="001D7163">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> honlapjáról:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008260E6" w:rsidRPr="00D1531C" w:rsidRDefault="001F0E12" w:rsidP="007C2C88">
+    <w:p w14:paraId="12984F0C" w14:textId="45967675" w:rsidR="008260E6" w:rsidRPr="00B115A7" w:rsidRDefault="00E63DC8" w:rsidP="007C2C88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5579"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00D1531C" w:rsidRPr="00D1531C">
+        <w:r w:rsidRPr="00B115A7">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:i/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>http://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok</w:t>
+          <w:t>https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok#Disznoveny_es_Zoldsegpalanta</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002200B1" w:rsidRPr="00066491" w:rsidRDefault="002200B1" w:rsidP="00302FDE">
-[...14 lines deleted...]
-    <w:p w:rsidR="00497F40" w:rsidRDefault="00497F40" w:rsidP="00497F40">
+    <w:p w14:paraId="140E8397" w14:textId="77777777" w:rsidR="00497F40" w:rsidRPr="00B115A7" w:rsidRDefault="00497F40" w:rsidP="00497F40">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-        <w:t>öldségpalánta leltáramban foglaltakkal megegyeznek, és a valóságnak megfelelnek.</w:t>
+      <w:r w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kijelentem, hogy az itt feltüntetett adataim a zöldségpalánta leltáramban foglaltakkal megegyeznek, és a valóságnak megfelelnek.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A2893" w:rsidRDefault="003A2893" w:rsidP="00497F40">
+    <w:p w14:paraId="0BDAE4BE" w14:textId="77777777" w:rsidR="003A2893" w:rsidRPr="00B115A7" w:rsidRDefault="003A2893" w:rsidP="00497F40">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005B0636" w:rsidRDefault="005B0636" w:rsidP="003A2893">
+    <w:p w14:paraId="6785F8EE" w14:textId="77777777" w:rsidR="005B0636" w:rsidRPr="00B115A7" w:rsidRDefault="005B0636" w:rsidP="003A2893">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2520"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A2893" w:rsidRPr="00796B62" w:rsidRDefault="003A2893" w:rsidP="007C2C88">
+    <w:p w14:paraId="19ABAD3D" w14:textId="09325B67" w:rsidR="003A2893" w:rsidRPr="00B115A7" w:rsidRDefault="003A2893" w:rsidP="007C2C88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kelt:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>, 20</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00796B62">
+        <w:t>, 20…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>P.H</w:t>
       </w:r>
-      <w:r w:rsidR="002D7782">
+      <w:r w:rsidR="002D7782" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007C2C88">
+      <w:r w:rsidR="007C2C88" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002D7782">
+      <w:r w:rsidR="002D7782" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…..………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A2893" w:rsidRPr="00796B62" w:rsidRDefault="003A2893" w:rsidP="003A2893">
+    <w:p w14:paraId="6A21AA6A" w14:textId="77777777" w:rsidR="003A2893" w:rsidRPr="00796B62" w:rsidRDefault="003A2893" w:rsidP="003A2893">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
           <w:tab w:val="center" w:pos="8820"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="005B0636">
+      <w:r w:rsidR="005B0636" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">forgalmazó </w:t>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aláírás</w:t>
       </w:r>
-      <w:r w:rsidR="005B0636">
+      <w:r w:rsidR="005B0636" w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00796B62">
+      <w:r w:rsidRPr="00B115A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A2893" w:rsidRDefault="003A2893" w:rsidP="002737D3">
+    <w:p w14:paraId="2893999F" w14:textId="77777777" w:rsidR="003A2893" w:rsidRDefault="003A2893" w:rsidP="002737D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="1913"/>
           <w:tab w:val="right" w:pos="4040"/>
           <w:tab w:val="left" w:pos="9994"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A2893" w:rsidSect="00FC4610">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="510" w:right="567" w:bottom="397" w:left="567" w:header="227" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001F0E12" w:rsidRDefault="001F0E12">
+    <w:p w14:paraId="0AA0E72A" w14:textId="77777777" w:rsidR="00931671" w:rsidRDefault="00931671">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001F0E12" w:rsidRDefault="001F0E12">
+    <w:p w14:paraId="3D7010CF" w14:textId="77777777" w:rsidR="00931671" w:rsidRDefault="00931671">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...10 lines deleted...]
-  <w:p w:rsidR="00C24001" w:rsidRPr="003D20B6" w:rsidRDefault="00836C70">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40579E47" w14:textId="320E977B" w:rsidR="00C24001" w:rsidRPr="003D20B6" w:rsidRDefault="00836C70">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Éves_bejelento_Z</w:t>
-[...21 lines deleted...]
-      <w:t>.do</w:t>
+      <w:t>Éves_bejelento_Z.do</w:t>
     </w:r>
     <w:r w:rsidR="00C24001" w:rsidRPr="003D20B6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>cx</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C24001" w:rsidRDefault="00C24001">
-[...9 lines deleted...]
-  <w:p w:rsidR="006E3745" w:rsidRDefault="006E3745">
+  <w:p w14:paraId="7C5FD64B" w14:textId="77777777" w:rsidR="00C24001" w:rsidRDefault="00C24001">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001F0E12" w:rsidRDefault="001F0E12">
+    <w:p w14:paraId="637005F4" w14:textId="77777777" w:rsidR="00931671" w:rsidRDefault="00931671">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001F0E12" w:rsidRDefault="001F0E12">
+    <w:p w14:paraId="54E67EAC" w14:textId="77777777" w:rsidR="00931671" w:rsidRDefault="00931671">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="006E3745" w:rsidRDefault="006E3745">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46747110" w14:textId="77777777" w:rsidR="00C24001" w:rsidRDefault="00C24001" w:rsidP="00B115A7">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="7C224B26" w14:textId="77777777" w:rsidR="00542159" w:rsidRPr="008A0D4B" w:rsidRDefault="00542159" w:rsidP="00B115A7">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
-    </w:pPr>
-[...9 lines deleted...]
-      <w:pStyle w:val="lfej"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008A0D4B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Nemzeti Élelmiszerlánc-biztonsági Hivatal Mezőgazdasági Genetikai Erőforrások Igazgatóság</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00542159" w:rsidRPr="007E2A4C" w:rsidRDefault="00542159" w:rsidP="00542159">
+  <w:p w14:paraId="4AA9F6ED" w14:textId="77777777" w:rsidR="00542159" w:rsidRPr="007E2A4C" w:rsidRDefault="00542159" w:rsidP="00542159">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00542159" w:rsidRDefault="00542159" w:rsidP="00542159">
+  <w:p w14:paraId="7572C154" w14:textId="77777777" w:rsidR="00542159" w:rsidRDefault="00542159" w:rsidP="00542159">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007E2A4C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Beküldendő:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="007E2A4C">
         <w:rPr>
           <w:rStyle w:val="Hiperhivatkozs"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -3063,367 +3087,369 @@
     <w:r w:rsidR="007E2A4C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Zöldségpalánta</w:t>
     </w:r>
     <w:r w:rsidRPr="005741F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> szaporítóanyag éves jelentés ÜGYTÍPUS, Nébih HIVATAL kiválasztásával, </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00542159" w:rsidRDefault="00542159" w:rsidP="00542159">
+  <w:p w14:paraId="4E6FAE8C" w14:textId="77777777" w:rsidR="00542159" w:rsidRDefault="00542159" w:rsidP="00542159">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005741F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">vagy </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">a </w:t>
     </w:r>
     <w:r w:rsidRPr="005741F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1525 Budapest, Pf. 30. postacímre</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="006E3745" w:rsidRDefault="006E3745" w:rsidP="006E3745">
+  <w:p w14:paraId="36A66AEE" w14:textId="77777777" w:rsidR="00B115A7" w:rsidRPr="00B115A7" w:rsidRDefault="006E3745" w:rsidP="00B115A7">
     <w:pPr>
-      <w:pStyle w:val="lfej"/>
+      <w:tabs>
+        <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
+        <w:tab w:val="left" w:pos="5579"/>
+        <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
+      </w:tabs>
+      <w:spacing w:after="360"/>
+      <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Űrlap letölthető</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>: https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok</w:t>
+      <w:t xml:space="preserve">: </w:t>
     </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidR="00B115A7" w:rsidRPr="00B115A7">
+        <w:rPr>
+          <w:rStyle w:val="Hiperhivatkozs"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok#Disznoveny_es_Zoldsegpalanta</w:t>
+      </w:r>
+    </w:hyperlink>
   </w:p>
-  <w:p w:rsidR="00015477" w:rsidRDefault="00015477" w:rsidP="00542159">
-[...10 lines deleted...]
-  <w:p w:rsidR="00542159" w:rsidRDefault="00542159" w:rsidP="00542159">
+  <w:p w14:paraId="5C66B3FC" w14:textId="060D6F9E" w:rsidR="00542159" w:rsidRDefault="00542159" w:rsidP="00542159">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Beküldési határidő: </w:t>
+      <w:t>Beküldési határidő</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00B115A7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B115A7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B115A7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>202</w:t>
-[...17 lines deleted...]
-      <w:t>. január 15.</w:t>
+      <w:t>január 15.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C24001" w:rsidRDefault="00C24001" w:rsidP="00302FDE">
+  <w:p w14:paraId="6B13A3DC" w14:textId="77777777" w:rsidR="00C24001" w:rsidRDefault="00C24001" w:rsidP="00302FDE">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C24001" w:rsidRPr="00493859" w:rsidRDefault="00C24001" w:rsidP="00FC4610">
+  <w:p w14:paraId="6B821C8A" w14:textId="77777777" w:rsidR="00C24001" w:rsidRPr="00493859" w:rsidRDefault="00C24001" w:rsidP="00FC4610">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="99"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C5696"/>
     <w:rsid w:val="00015477"/>
     <w:rsid w:val="00030FCC"/>
     <w:rsid w:val="00034E9C"/>
     <w:rsid w:val="00041605"/>
     <w:rsid w:val="0004671C"/>
+    <w:rsid w:val="000549B0"/>
     <w:rsid w:val="00063D9C"/>
     <w:rsid w:val="000663CA"/>
     <w:rsid w:val="00066491"/>
     <w:rsid w:val="00073D55"/>
     <w:rsid w:val="0008765D"/>
     <w:rsid w:val="000901F2"/>
     <w:rsid w:val="000A3C11"/>
     <w:rsid w:val="000B58B7"/>
     <w:rsid w:val="000C46A4"/>
     <w:rsid w:val="000C5E9E"/>
     <w:rsid w:val="000C7BD6"/>
     <w:rsid w:val="000D0798"/>
     <w:rsid w:val="0010327F"/>
+    <w:rsid w:val="0010358B"/>
     <w:rsid w:val="00112E31"/>
     <w:rsid w:val="00116423"/>
     <w:rsid w:val="001178AD"/>
     <w:rsid w:val="00130FBA"/>
     <w:rsid w:val="00131419"/>
     <w:rsid w:val="00133523"/>
     <w:rsid w:val="00156782"/>
     <w:rsid w:val="001624CA"/>
     <w:rsid w:val="001628DE"/>
     <w:rsid w:val="001661D5"/>
+    <w:rsid w:val="00171BD7"/>
     <w:rsid w:val="00173522"/>
     <w:rsid w:val="001A78D5"/>
     <w:rsid w:val="001D4730"/>
     <w:rsid w:val="001D7163"/>
     <w:rsid w:val="001E43D2"/>
     <w:rsid w:val="001E73E4"/>
-    <w:rsid w:val="001F0E12"/>
     <w:rsid w:val="0020074C"/>
     <w:rsid w:val="00211F47"/>
     <w:rsid w:val="0021507B"/>
     <w:rsid w:val="002200B1"/>
     <w:rsid w:val="002241FE"/>
     <w:rsid w:val="00224A10"/>
     <w:rsid w:val="0024559E"/>
     <w:rsid w:val="002737D3"/>
     <w:rsid w:val="00282A3C"/>
     <w:rsid w:val="0028502F"/>
     <w:rsid w:val="0028681F"/>
     <w:rsid w:val="002C2239"/>
     <w:rsid w:val="002C3271"/>
     <w:rsid w:val="002C7152"/>
     <w:rsid w:val="002D2389"/>
     <w:rsid w:val="002D6970"/>
     <w:rsid w:val="002D7782"/>
     <w:rsid w:val="002F0FC6"/>
     <w:rsid w:val="002F229F"/>
     <w:rsid w:val="002F5330"/>
     <w:rsid w:val="00302FDE"/>
     <w:rsid w:val="0030446B"/>
     <w:rsid w:val="00323E78"/>
     <w:rsid w:val="00340AA7"/>
     <w:rsid w:val="00350733"/>
     <w:rsid w:val="00352063"/>
     <w:rsid w:val="003520E6"/>
     <w:rsid w:val="00354560"/>
     <w:rsid w:val="00362783"/>
     <w:rsid w:val="0038293E"/>
     <w:rsid w:val="003912CB"/>
     <w:rsid w:val="003A03E4"/>
     <w:rsid w:val="003A2893"/>
     <w:rsid w:val="003A3988"/>
     <w:rsid w:val="003A407F"/>
     <w:rsid w:val="003B2B18"/>
     <w:rsid w:val="003C1AEB"/>
     <w:rsid w:val="003C4F29"/>
     <w:rsid w:val="003D20B6"/>
     <w:rsid w:val="003F26CB"/>
     <w:rsid w:val="00400B92"/>
     <w:rsid w:val="0040122C"/>
     <w:rsid w:val="00412354"/>
     <w:rsid w:val="00413AD7"/>
+    <w:rsid w:val="00421958"/>
     <w:rsid w:val="00425B7F"/>
     <w:rsid w:val="00425E1B"/>
     <w:rsid w:val="004427E2"/>
     <w:rsid w:val="00457A92"/>
     <w:rsid w:val="00460B7C"/>
+    <w:rsid w:val="004653F1"/>
     <w:rsid w:val="00474C98"/>
     <w:rsid w:val="004822C1"/>
     <w:rsid w:val="0048696A"/>
     <w:rsid w:val="004874C7"/>
     <w:rsid w:val="00493859"/>
     <w:rsid w:val="00493CB4"/>
     <w:rsid w:val="00495E96"/>
     <w:rsid w:val="00497F40"/>
     <w:rsid w:val="004A005D"/>
     <w:rsid w:val="004A5445"/>
     <w:rsid w:val="004B3C01"/>
     <w:rsid w:val="004C6E91"/>
     <w:rsid w:val="004C76DD"/>
     <w:rsid w:val="004D77F8"/>
+    <w:rsid w:val="004E1193"/>
     <w:rsid w:val="004E178F"/>
     <w:rsid w:val="004E4234"/>
     <w:rsid w:val="004F234A"/>
     <w:rsid w:val="0050332F"/>
     <w:rsid w:val="0051326C"/>
     <w:rsid w:val="005228B0"/>
     <w:rsid w:val="00542159"/>
     <w:rsid w:val="00554518"/>
     <w:rsid w:val="00556652"/>
     <w:rsid w:val="00556AFA"/>
     <w:rsid w:val="00560E14"/>
     <w:rsid w:val="005611CF"/>
     <w:rsid w:val="005664D8"/>
     <w:rsid w:val="005905AB"/>
     <w:rsid w:val="005A1008"/>
     <w:rsid w:val="005B0636"/>
     <w:rsid w:val="005C1FA0"/>
     <w:rsid w:val="005D0A0D"/>
     <w:rsid w:val="005E2390"/>
     <w:rsid w:val="00611A07"/>
     <w:rsid w:val="00615026"/>
     <w:rsid w:val="00621C39"/>
     <w:rsid w:val="0062672D"/>
     <w:rsid w:val="006341B2"/>
     <w:rsid w:val="006350C4"/>
     <w:rsid w:val="006423E8"/>
     <w:rsid w:val="006446EA"/>
     <w:rsid w:val="006470BB"/>
     <w:rsid w:val="00650997"/>
     <w:rsid w:val="00662298"/>
     <w:rsid w:val="0066618E"/>
     <w:rsid w:val="00673C47"/>
     <w:rsid w:val="00681798"/>
     <w:rsid w:val="00694C0F"/>
     <w:rsid w:val="006B7051"/>
+    <w:rsid w:val="006C218B"/>
     <w:rsid w:val="006D5093"/>
     <w:rsid w:val="006E3745"/>
     <w:rsid w:val="006F3DE9"/>
     <w:rsid w:val="0070020E"/>
     <w:rsid w:val="007005DC"/>
     <w:rsid w:val="0070641D"/>
     <w:rsid w:val="007174E0"/>
     <w:rsid w:val="007370C3"/>
     <w:rsid w:val="00743E0B"/>
     <w:rsid w:val="0075533F"/>
     <w:rsid w:val="00766815"/>
     <w:rsid w:val="00772FCD"/>
     <w:rsid w:val="0077440A"/>
     <w:rsid w:val="00782D31"/>
     <w:rsid w:val="00796B62"/>
     <w:rsid w:val="007B77FB"/>
     <w:rsid w:val="007C2C88"/>
     <w:rsid w:val="007C535E"/>
     <w:rsid w:val="007C5696"/>
     <w:rsid w:val="007E2A4C"/>
     <w:rsid w:val="007E6E10"/>
     <w:rsid w:val="008025D5"/>
     <w:rsid w:val="0082136B"/>
     <w:rsid w:val="008260E6"/>
     <w:rsid w:val="00835BF7"/>
@@ -3441,184 +3467,193 @@
     <w:rsid w:val="00903CB5"/>
     <w:rsid w:val="00931671"/>
     <w:rsid w:val="00933D86"/>
     <w:rsid w:val="00942E4D"/>
     <w:rsid w:val="00945287"/>
     <w:rsid w:val="00945E60"/>
     <w:rsid w:val="009524A8"/>
     <w:rsid w:val="00952620"/>
     <w:rsid w:val="00972FE4"/>
     <w:rsid w:val="0099114F"/>
     <w:rsid w:val="0099436D"/>
     <w:rsid w:val="009B0695"/>
     <w:rsid w:val="009B0E9C"/>
     <w:rsid w:val="009B6599"/>
     <w:rsid w:val="009C085E"/>
     <w:rsid w:val="009E6BC4"/>
     <w:rsid w:val="00A07F2A"/>
     <w:rsid w:val="00A10EEA"/>
     <w:rsid w:val="00A20A7B"/>
     <w:rsid w:val="00A24DBB"/>
     <w:rsid w:val="00A2589E"/>
     <w:rsid w:val="00A4067E"/>
     <w:rsid w:val="00A641F2"/>
     <w:rsid w:val="00A71FBB"/>
     <w:rsid w:val="00AC5884"/>
+    <w:rsid w:val="00AC5DE2"/>
     <w:rsid w:val="00AD3111"/>
     <w:rsid w:val="00AD4BB4"/>
     <w:rsid w:val="00AD5BF6"/>
     <w:rsid w:val="00AD5D5C"/>
     <w:rsid w:val="00AE116C"/>
     <w:rsid w:val="00AF0C3E"/>
     <w:rsid w:val="00AF3A82"/>
     <w:rsid w:val="00B0300F"/>
+    <w:rsid w:val="00B115A7"/>
+    <w:rsid w:val="00B140FD"/>
     <w:rsid w:val="00B2420C"/>
     <w:rsid w:val="00B3077F"/>
     <w:rsid w:val="00B31B2A"/>
     <w:rsid w:val="00B37372"/>
     <w:rsid w:val="00B5359F"/>
     <w:rsid w:val="00B53958"/>
     <w:rsid w:val="00B615EE"/>
+    <w:rsid w:val="00B85303"/>
     <w:rsid w:val="00BA0614"/>
     <w:rsid w:val="00BB2B9A"/>
+    <w:rsid w:val="00BC0663"/>
     <w:rsid w:val="00BD1A78"/>
     <w:rsid w:val="00BE522B"/>
     <w:rsid w:val="00BF00D7"/>
     <w:rsid w:val="00C126A9"/>
     <w:rsid w:val="00C14935"/>
     <w:rsid w:val="00C17746"/>
     <w:rsid w:val="00C24001"/>
     <w:rsid w:val="00C567ED"/>
     <w:rsid w:val="00C63AD9"/>
     <w:rsid w:val="00C77BF5"/>
     <w:rsid w:val="00C8528A"/>
     <w:rsid w:val="00C95944"/>
     <w:rsid w:val="00C970CA"/>
     <w:rsid w:val="00CA1CB0"/>
     <w:rsid w:val="00CE41C7"/>
     <w:rsid w:val="00CF45C9"/>
     <w:rsid w:val="00CF53E3"/>
     <w:rsid w:val="00D112A2"/>
     <w:rsid w:val="00D14061"/>
     <w:rsid w:val="00D1436E"/>
     <w:rsid w:val="00D1531C"/>
+    <w:rsid w:val="00D30619"/>
     <w:rsid w:val="00D40F3B"/>
     <w:rsid w:val="00D5019F"/>
     <w:rsid w:val="00D54154"/>
     <w:rsid w:val="00D54484"/>
     <w:rsid w:val="00D66E78"/>
     <w:rsid w:val="00D76C5D"/>
     <w:rsid w:val="00D76CE7"/>
     <w:rsid w:val="00D81A61"/>
     <w:rsid w:val="00D829CD"/>
     <w:rsid w:val="00D90F85"/>
     <w:rsid w:val="00D94428"/>
     <w:rsid w:val="00DB0473"/>
     <w:rsid w:val="00DB526D"/>
     <w:rsid w:val="00DC1EC2"/>
     <w:rsid w:val="00DC676D"/>
     <w:rsid w:val="00DD4C5B"/>
     <w:rsid w:val="00DE617C"/>
     <w:rsid w:val="00DF6F86"/>
     <w:rsid w:val="00E02CC9"/>
     <w:rsid w:val="00E0577A"/>
     <w:rsid w:val="00E0710B"/>
     <w:rsid w:val="00E11706"/>
     <w:rsid w:val="00E357FB"/>
-    <w:rsid w:val="00E4358B"/>
+    <w:rsid w:val="00E63DC8"/>
     <w:rsid w:val="00E75080"/>
     <w:rsid w:val="00E767D4"/>
     <w:rsid w:val="00E86096"/>
     <w:rsid w:val="00E91C99"/>
     <w:rsid w:val="00E91CB3"/>
     <w:rsid w:val="00E922A5"/>
     <w:rsid w:val="00E95069"/>
     <w:rsid w:val="00E96D7E"/>
+    <w:rsid w:val="00EA64E9"/>
     <w:rsid w:val="00EB50EE"/>
     <w:rsid w:val="00ED304C"/>
     <w:rsid w:val="00EE5A07"/>
     <w:rsid w:val="00EF0D1E"/>
     <w:rsid w:val="00F06A79"/>
     <w:rsid w:val="00F07181"/>
     <w:rsid w:val="00F15184"/>
     <w:rsid w:val="00F15C10"/>
     <w:rsid w:val="00F27C82"/>
     <w:rsid w:val="00F33A5A"/>
     <w:rsid w:val="00F521F8"/>
     <w:rsid w:val="00F52CF8"/>
     <w:rsid w:val="00F66B87"/>
+    <w:rsid w:val="00F6726A"/>
     <w:rsid w:val="00F72245"/>
     <w:rsid w:val="00F87926"/>
     <w:rsid w:val="00F935FB"/>
     <w:rsid w:val="00F97DD5"/>
     <w:rsid w:val="00FB2199"/>
     <w:rsid w:val="00FC4610"/>
     <w:rsid w:val="00FC5FD4"/>
     <w:rsid w:val="00FD1038"/>
     <w:rsid w:val="00FF5856"/>
     <w:rsid w:val="00FF64D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="hu-HU" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="5F26B52A"/>
   <w15:docId w15:val="{623E5C9A-2152-4821-ACF6-B395E2255C71}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3680,95 +3715,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -3947,50 +3985,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Norml">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CF53E3"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Bekezdsalapbettpusa">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normltblzat">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -4112,93 +4151,105 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mrltotthiperhivatkozs">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001D7163"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormlWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Norml"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F935FB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Feloldatlanmegemlts">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E63DC8"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1635406068">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1777748537">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok%23Disznoveny_es_Zoldsegpalanta" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epapir.gov.hu/" TargetMode="External"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok%23Disznoveny_es_Zoldsegpalanta" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epapir.gov.hu/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4449,79 +4500,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F11BC8F-1AE3-4528-921D-03238049A21B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4DA9D55-71CE-4BBB-A998-83B6ADF621ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>176</Words>
-  <Characters>2288</Characters>
+  <Words>275</Words>
+  <Characters>2349</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>176</Lines>
-  <Paragraphs>175</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>BEJELENTŐLAP 2006</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2289</CharactersWithSpaces>
+  <CharactersWithSpaces>2619</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>BEJELENTŐLAP 2006</dc:title>
   <dc:creator>peteandrasne</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>