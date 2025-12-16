--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -3,3040 +3,2879 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00E63465" w:rsidRDefault="002B284D" w:rsidP="00E63465">
+    <w:p w14:paraId="63E6057B" w14:textId="77777777" w:rsidR="00E63465" w:rsidRPr="006A63D9" w:rsidRDefault="002B284D" w:rsidP="00E63465">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5670"/>
           <w:tab w:val="right" w:leader="dot" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ÉVES </w:t>
       </w:r>
-      <w:r w:rsidR="00AE24E5" w:rsidRPr="004F2874">
+      <w:r w:rsidR="00AE24E5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BEJELENTŐLAP</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE24E5" w:rsidRDefault="00E63465" w:rsidP="00E63465">
+    <w:p w14:paraId="0A6D219E" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00E63465" w:rsidP="00E63465">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5670"/>
           <w:tab w:val="right" w:leader="dot" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00AE24E5" w:rsidRPr="004F2874">
+      <w:r w:rsidR="00AE24E5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ísznövény szaporítóanyag</w:t>
       </w:r>
-      <w:r w:rsidR="00D357A4">
+      <w:r w:rsidR="00D357A4" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00EA4DFE" w:rsidRPr="004F2874">
+      <w:r w:rsidR="00EA4DFE" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>termeszt</w:t>
       </w:r>
-      <w:r w:rsidR="00D357A4">
+      <w:r w:rsidR="00D357A4" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ői</w:t>
       </w:r>
-      <w:r w:rsidR="00D46A47">
+      <w:r w:rsidR="00D46A47" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> és</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D357A4">
+      <w:r w:rsidR="00D357A4" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-forgalmazói</w:t>
       </w:r>
-      <w:r w:rsidR="00D46A47">
+      <w:r w:rsidR="00D46A47" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tevékenységről</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF661B" w:rsidRDefault="00E63465" w:rsidP="00FF661B">
+    <w:p w14:paraId="17AF6D63" w14:textId="0A6EA892" w:rsidR="00FF661B" w:rsidRPr="006A63D9" w:rsidRDefault="002A18D7" w:rsidP="00FF661B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DA6938">
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidR="0072487A" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A72EC5">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63465" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="60"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> év</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0030677F" w:rsidRPr="0030677F" w:rsidRDefault="0030677F" w:rsidP="00FF661B">
+    <w:p w14:paraId="40043147" w14:textId="77777777" w:rsidR="0030677F" w:rsidRPr="006A63D9" w:rsidRDefault="0030677F" w:rsidP="00FF661B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE24E5" w:rsidRPr="002B284D" w:rsidRDefault="00AE24E5" w:rsidP="00E60371">
+    <w:p w14:paraId="7BE3411D" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00E60371">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10716"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B284D">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A forgalmazó neve:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B284D">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0030677F" w:rsidRDefault="00DA6938" w:rsidP="0040694D">
+    <w:p w14:paraId="5845EAF2" w14:textId="77777777" w:rsidR="0030677F" w:rsidRPr="006A63D9" w:rsidRDefault="00DA6938" w:rsidP="0040694D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10716"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>székhely/lak</w:t>
       </w:r>
-      <w:r w:rsidR="00AE24E5" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00AE24E5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cím:</w:t>
       </w:r>
-      <w:r w:rsidR="00AE24E5" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00AE24E5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0030677F" w:rsidRPr="002B284D" w:rsidRDefault="0030677F" w:rsidP="009510A4">
+    <w:p w14:paraId="0D533809" w14:textId="77777777" w:rsidR="0030677F" w:rsidRPr="006A63D9" w:rsidRDefault="0030677F" w:rsidP="009510A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B284D">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">telefonszám: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B284D">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="0040694D">
+      <w:r w:rsidR="0040694D" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B284D">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mail:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B284D">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002871DB" w:rsidRPr="0022648A" w:rsidRDefault="002B284D" w:rsidP="002B284D">
+    <w:p w14:paraId="4C9956E2" w14:textId="77777777" w:rsidR="002871DB" w:rsidRPr="006A63D9" w:rsidRDefault="002B284D" w:rsidP="002B284D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7938"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nébih </w:t>
       </w:r>
-      <w:r w:rsidR="00705F9F" w:rsidRPr="002B284D">
+      <w:r w:rsidR="00705F9F" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="002871DB" w:rsidRPr="002B284D">
+      <w:r w:rsidR="002871DB" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>yilvántartási</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> szám</w:t>
       </w:r>
-      <w:r w:rsidR="002871DB" w:rsidRPr="002B284D">
-[...15 lines deleted...]
-      <w:r w:rsidR="002871DB" w:rsidRPr="0022648A">
+      <w:r w:rsidR="002871DB" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="002871DB" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00705F9F">
+      <w:r w:rsidR="00705F9F" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="002871DB" w:rsidRPr="0022648A">
+      <w:r w:rsidR="002871DB" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>evékenység helye (helység):</w:t>
       </w:r>
-      <w:r w:rsidR="002871DB" w:rsidRPr="0022648A">
+      <w:r w:rsidR="002871DB" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346671" w:rsidRPr="0022648A" w:rsidRDefault="00AE24E5" w:rsidP="00FF661B">
+    <w:p w14:paraId="31A6FCFC" w14:textId="4386D1AC" w:rsidR="00346671" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00FF661B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5579"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bejelentem, hogy dísznövény szaporítóanyag forgalmazással kapcsolatos tevékenységemet</w:t>
       </w:r>
-      <w:r w:rsidR="00346671" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00346671" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF3279">
-[...61 lines deleted...]
-        <w:t>…………………….</w:t>
+      <w:r w:rsidR="006E60C2" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E60C2" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00382D6A" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB75BB" w:rsidRPr="0022648A" w:rsidRDefault="00CB75BB" w:rsidP="00FF661B">
+    <w:p w14:paraId="6E442410" w14:textId="77777777" w:rsidR="00CB75BB" w:rsidRPr="006A63D9" w:rsidRDefault="00CB75BB" w:rsidP="00FF661B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3600"/>
           <w:tab w:val="left" w:pos="5579"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00993187" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00993187" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hónaptól – hónapig)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> végzem.</w:t>
       </w:r>
-      <w:r w:rsidR="00354980">
+      <w:r w:rsidR="00354980" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E01A5">
+      <w:r w:rsidR="004E01A5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nettó </w:t>
       </w:r>
-      <w:r w:rsidR="00354980">
+      <w:r w:rsidR="00354980" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>terület:</w:t>
       </w:r>
-      <w:r w:rsidR="00354980">
+      <w:r w:rsidR="00354980" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004E01A5">
+      <w:r w:rsidR="004E01A5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> m</w:t>
       </w:r>
-      <w:r w:rsidR="004E01A5" w:rsidRPr="004E01A5">
+      <w:r w:rsidR="004E01A5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A30CC4" w:rsidRDefault="00A30CC4" w:rsidP="00FF661B">
+    <w:p w14:paraId="472875D2" w14:textId="77777777" w:rsidR="00A30CC4" w:rsidRPr="006A63D9" w:rsidRDefault="00A30CC4" w:rsidP="00FF661B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5579"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022648A">
-[...15 lines deleted...]
-      <w:r w:rsidR="00E12349">
+      <w:r w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ Tevékenységemet megszünte</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12349" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tem.</w:t>
       </w:r>
-      <w:r w:rsidR="00E12349">
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00E12349" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kérem a dísznövény szaporítóanyag forgalmazói tevékenységem nyilvántartásból való törlését.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D4891" w:rsidRDefault="002D4891" w:rsidP="00FF661B">
+    <w:p w14:paraId="763CC470" w14:textId="1F472B54" w:rsidR="002D4891" w:rsidRPr="006A63D9" w:rsidRDefault="002D4891" w:rsidP="00FF661B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5579"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022648A">
-[...31 lines deleted...]
-      <w:r w:rsidR="00F86C37">
+      <w:r w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ Tevékenységemet </w:t>
+      </w:r>
+      <w:r w:rsidR="002A18D7" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86C37" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> évben szüneteltetem. Tudomásul veszem, hogy 3 év szüneteltetés után </w:t>
       </w:r>
-      <w:r w:rsidR="00777DBF">
+      <w:r w:rsidR="00777DBF" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">tevékenységemet hivatalból </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>törli</w:t>
       </w:r>
-      <w:r w:rsidR="00B34627">
+      <w:r w:rsidR="00B34627" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a dísznövény szaporítóanyag forgalmazók nyilvántartásából.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE24E5" w:rsidRPr="0022648A" w:rsidRDefault="00AE24E5" w:rsidP="00FF661B">
+    <w:p w14:paraId="14490403" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00FF661B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5579"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Szaporítóanyag-csoport: </w:t>
       </w:r>
-      <w:r w:rsidR="00DE06A7" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00DE06A7" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="006B3F4A" w:rsidRPr="0022648A">
+      <w:r w:rsidR="006B3F4A" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Díszfaiskola, </w:t>
       </w:r>
-      <w:r w:rsidR="00B85878" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00B85878" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="006B3F4A" w:rsidRPr="0022648A">
+      <w:r w:rsidR="006B3F4A" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Egy- és kétnyári, </w:t>
       </w:r>
-      <w:r w:rsidR="00B85878" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00B85878" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="006B3F4A" w:rsidRPr="0022648A">
+      <w:r w:rsidR="006B3F4A" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A72EC5">
+      <w:r w:rsidR="00A72EC5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>É</w:t>
       </w:r>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">velő, </w:t>
       </w:r>
-      <w:r w:rsidR="00B85878" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00B85878" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="006B3F4A" w:rsidRPr="0022648A">
+      <w:r w:rsidR="006B3F4A" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A72EC5">
+      <w:r w:rsidR="00A72EC5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Növényházi</w:t>
       </w:r>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> cserepes</w:t>
       </w:r>
-      <w:r w:rsidR="00A72EC5">
+      <w:r w:rsidR="00A72EC5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dísznövény szaporítóanyag</w:t>
       </w:r>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE24E5" w:rsidRPr="0022648A" w:rsidRDefault="00B85878" w:rsidP="00FF661B">
+    <w:p w14:paraId="502B9C5D" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00B85878" w:rsidP="00FF661B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022648A">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="00D53080" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00D53080" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A72EC5">
+      <w:r w:rsidR="00A72EC5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Növény</w:t>
       </w:r>
-      <w:r w:rsidR="00AE24E5" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00AE24E5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>házi vágottvirág</w:t>
       </w:r>
-      <w:r w:rsidR="006177F9">
+      <w:r w:rsidR="006177F9" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> szaporítóanyag</w:t>
       </w:r>
-      <w:r w:rsidR="00987F23" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00987F23" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A72EC5" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00A72EC5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">□ Hagymás, gumós, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A72EC5" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00A72EC5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rhizómás</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A72EC5" w:rsidRPr="0022648A">
-[...31 lines deleted...]
-      <w:r w:rsidR="00AE24E5" w:rsidRPr="0022648A">
+      <w:r w:rsidR="00A72EC5" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, □ Vízinövény, </w:t>
+      </w:r>
+      <w:r w:rsidR="00987F23" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ Vetőmag</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE24E5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Rcsostblzat"/>
         <w:tblW w:w="10776" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9360"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="696"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidTr="000B5893">
+      <w:tr w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w14:paraId="70D206EE" w14:textId="77777777" w:rsidTr="00B62AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
+          <w:p w14:paraId="341A7B3F" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
+          <w:p w14:paraId="76F6E318" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>igen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
+          <w:p w14:paraId="78730D4C" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nem</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidTr="000B5893">
+      <w:tr w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w14:paraId="299296DC" w14:textId="77777777" w:rsidTr="00B62AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
+          <w:p w14:paraId="4460CF13" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A belföldi értékesítésen kívül szaporítóanyagot értékesítek EU tagállamba</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
+          <w:p w14:paraId="50F4D40F" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
+          <w:p w14:paraId="5B781A37" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidTr="000B5893">
+      <w:tr w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w14:paraId="5AFF9338" w14:textId="77777777" w:rsidTr="00B62AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
+          <w:p w14:paraId="77B23875" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rendelkezem harmadik országba szánt, elkülönített szaporítóanyaggal.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
+          <w:p w14:paraId="0B2CC5BC" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
+          <w:p w14:paraId="4FAA800F" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidTr="000B5893">
+      <w:tr w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w14:paraId="67091539" w14:textId="77777777" w:rsidTr="00B62AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
+          <w:p w14:paraId="19BFA808" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Harmadik országból szaporítóanyagot hozok be (import).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
+          <w:p w14:paraId="689E08D4" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00D1437A" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="11C5A9A0" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidTr="000B5893">
+      <w:tr w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w14:paraId="5D75E656" w14:textId="77777777" w:rsidTr="00B62AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
+          <w:p w14:paraId="62800B17" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Saját szaporítóanyag kísérő okmányt használok</w:t>
             </w:r>
-            <w:r w:rsidR="00C44D1A">
+            <w:r w:rsidR="00C44D1A" w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (számla, szállító)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="653653F6" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="703FDFB4" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidTr="000B5893">
+      <w:tr w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w14:paraId="5B47729B" w14:textId="77777777" w:rsidTr="00B62AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00777DBF">
+          <w:p w14:paraId="0F126B74" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00777DBF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="00633750" w:rsidRPr="00B62AC6">
+            <w:r w:rsidR="00633750" w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00987F23">
+            <w:r w:rsidR="00987F23" w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
-            <w:r w:rsidR="00777DBF">
+            <w:r w:rsidR="00777DBF" w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ébih</w:t>
             </w:r>
-            <w:r w:rsidR="00633750" w:rsidRPr="00B62AC6">
+            <w:r w:rsidR="00633750" w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">által rendszeresített </w:t>
             </w:r>
-            <w:r w:rsidR="009F4F2B" w:rsidRPr="00B62AC6">
+            <w:r w:rsidR="009F4F2B" w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>formanyomtatványt</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> használom.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="50B0FE6E" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="311DB221" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidTr="000B5893">
+      <w:tr w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w14:paraId="2687381B" w14:textId="77777777" w:rsidTr="00B62AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003D1397" w:rsidRPr="00B62AC6" w:rsidRDefault="00BD5093" w:rsidP="00B62AC6">
+          <w:p w14:paraId="5F047D3F" w14:textId="77777777" w:rsidR="003D1397" w:rsidRPr="006A63D9" w:rsidRDefault="00BD5093" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
-[...5 lines deleted...]
-              <w:t>Továbbnevelés céljára szaporítóanyagot értékesítek:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006A63D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Továbbnevelés</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006A63D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> céljára szaporítóanyagot értékesítek:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
+          <w:p w14:paraId="4A45CB07" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üzemi törzsültetvénnyel rendelkezem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="728AB005" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD5093" w:rsidRPr="00B62AC6" w:rsidRDefault="00BD5093" w:rsidP="00B62AC6">
+          <w:p w14:paraId="4D8F9FE9" w14:textId="77777777" w:rsidR="00BD5093" w:rsidRPr="006A63D9" w:rsidRDefault="00BD5093" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="19F67D4C" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD5093" w:rsidRPr="00B62AC6" w:rsidRDefault="00BD5093" w:rsidP="00B62AC6">
+          <w:p w14:paraId="2031834F" w14:textId="77777777" w:rsidR="00BD5093" w:rsidRPr="006A63D9" w:rsidRDefault="00BD5093" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidTr="000B5893">
+      <w:tr w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w14:paraId="5360EE59" w14:textId="77777777" w:rsidTr="00B62AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
+          <w:p w14:paraId="2C802573" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Anyanövénnyel rendelkezem. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="4B2964C0" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="0E0AE787" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidTr="000B5893">
+      <w:tr w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w14:paraId="47B44803" w14:textId="77777777" w:rsidTr="00B62AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="00AE24E5" w:rsidP="00B55912">
+          <w:p w14:paraId="48A4B109" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00B55912">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mikroszaporítást</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> végzek, </w:t>
             </w:r>
-            <w:r w:rsidR="00B55912">
+            <w:r w:rsidR="00B55912" w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">amináris </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>boxok</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>száma:…</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>……………….</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:tab/>
               <w:t>db</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="712884E7" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AE24E5" w:rsidRPr="00B62AC6" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
+          <w:p w14:paraId="3A7F7B91" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="009B3BDA" w:rsidP="00B62AC6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62AC6">
+            <w:r w:rsidRPr="006A63D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE24E5" w:rsidRPr="00865155" w:rsidRDefault="00AE24E5" w:rsidP="00AE24E5">
+    <w:p w14:paraId="6A3B68DD" w14:textId="77777777" w:rsidR="00AE24E5" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00AE24E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A3CAF" w:rsidRDefault="00AE24E5" w:rsidP="00AE24E5">
+    <w:p w14:paraId="0432D4F5" w14:textId="77777777" w:rsidR="006A3CAF" w:rsidRPr="006A63D9" w:rsidRDefault="00AE24E5" w:rsidP="00AE24E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="13"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00865155">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kijelentem, hogy </w:t>
       </w:r>
-      <w:r w:rsidR="00396BAB">
+      <w:r w:rsidR="00396BAB" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a tárgyévet megelőző évben</w:t>
       </w:r>
-      <w:r w:rsidR="00580185">
+      <w:r w:rsidR="00580185" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, nem végfelhasználók részére</w:t>
       </w:r>
-      <w:r w:rsidR="009510A4">
+      <w:r w:rsidR="009510A4" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> forgalomba hoztam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E2584" w:rsidRDefault="007E2584" w:rsidP="00AE24E5">
+    <w:p w14:paraId="2D207959" w14:textId="77777777" w:rsidR="007E2584" w:rsidRPr="006A63D9" w:rsidRDefault="007E2584" w:rsidP="00AE24E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="13"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A72EC5" w:rsidRDefault="00A72EC5" w:rsidP="00CE18B6">
+    <w:p w14:paraId="51DC039A" w14:textId="77777777" w:rsidR="00A72EC5" w:rsidRPr="006A63D9" w:rsidRDefault="00A72EC5" w:rsidP="00CE18B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>db magoncot (</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> lágyszárú),</w:t>
+        <w:t>db magoncot (□ díszfaiskolai, □ lágyszárú),</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E2584" w:rsidRDefault="001900AA" w:rsidP="00CE18B6">
+    <w:p w14:paraId="00831499" w14:textId="77777777" w:rsidR="007E2584" w:rsidRPr="006A63D9" w:rsidRDefault="001900AA" w:rsidP="00CE18B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="004B7924">
+      <w:r w:rsidR="004B7924" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">b </w:t>
       </w:r>
-      <w:r w:rsidR="00580185">
-[...23 lines deleted...]
-      <w:r w:rsidR="007E66D3">
+      <w:r w:rsidR="00580185" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gyökeres dugványt (□ díszfaiskolai</w:t>
+      </w:r>
+      <w:r w:rsidR="007E66D3" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004B7924">
+      <w:r w:rsidR="004B7924" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00580185" w:rsidRPr="0022648A">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> lágyszárú),</w:t>
+      <w:r w:rsidR="00580185" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ lágyszárú),</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580185" w:rsidRDefault="00580185" w:rsidP="00580185">
+    <w:p w14:paraId="3FB9E967" w14:textId="77777777" w:rsidR="00580185" w:rsidRPr="006A63D9" w:rsidRDefault="00580185" w:rsidP="00580185">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>db sima dugványt (</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> lágyszárú),</w:t>
+        <w:t>db sima dugványt (□ díszfaiskolai, □ lágyszárú),</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC1FC1" w:rsidRDefault="00DC1FC1" w:rsidP="00DC1FC1">
+    <w:p w14:paraId="5A3BFA9F" w14:textId="77777777" w:rsidR="00DC1FC1" w:rsidRPr="006A63D9" w:rsidRDefault="00DC1FC1" w:rsidP="00DC1FC1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">db </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mikroszaporított</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> szaporítóanyagot</w:t>
       </w:r>
-      <w:r w:rsidR="00580185">
-[...39 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00580185" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (□ díszfaiskolai, □ lágyszárú)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A4045" w:rsidRDefault="001900AA" w:rsidP="00CE18B6">
+    <w:p w14:paraId="4A0A81C6" w14:textId="77777777" w:rsidR="005A4045" w:rsidRPr="006A63D9" w:rsidRDefault="001900AA" w:rsidP="00CE18B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006E56DE">
+      <w:r w:rsidR="006E56DE" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">db </w:t>
       </w:r>
-      <w:r w:rsidR="007A29C2">
+      <w:r w:rsidR="007A29C2" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>díszfát</w:t>
       </w:r>
-      <w:r w:rsidR="00F82EC2">
+      <w:r w:rsidR="00F82EC2" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580185" w:rsidRDefault="00580185" w:rsidP="00CE18B6">
+    <w:p w14:paraId="102164DF" w14:textId="77777777" w:rsidR="00580185" w:rsidRPr="006A63D9" w:rsidRDefault="00580185" w:rsidP="00CE18B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>db díszcserjét,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A72EC5" w:rsidRDefault="00A72EC5" w:rsidP="00A72EC5">
+    <w:p w14:paraId="6C276D9D" w14:textId="77777777" w:rsidR="00A72EC5" w:rsidRPr="006A63D9" w:rsidRDefault="00A72EC5" w:rsidP="00A72EC5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>db egy- és kétnyárit,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A72EC5" w:rsidRDefault="00A72EC5" w:rsidP="00A72EC5">
+    <w:p w14:paraId="3FA51F7D" w14:textId="77777777" w:rsidR="00A72EC5" w:rsidRPr="006A63D9" w:rsidRDefault="00A72EC5" w:rsidP="00A72EC5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>db évelőt,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E56DE" w:rsidRDefault="006E56DE" w:rsidP="00CE18B6">
+    <w:p w14:paraId="3CB5D733" w14:textId="77777777" w:rsidR="006E56DE" w:rsidRPr="006A63D9" w:rsidRDefault="006E56DE" w:rsidP="00CE18B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">db díszhagymát (gumót, hagymagumót, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rhizómát</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00771AB8">
+      <w:r w:rsidR="00771AB8" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, nem hajtatott formában</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00825A5B">
+      <w:r w:rsidR="00825A5B" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081201F" w:rsidRDefault="001900AA" w:rsidP="00CE18B6">
+    <w:p w14:paraId="270DA2BC" w14:textId="77777777" w:rsidR="0081201F" w:rsidRPr="006A63D9" w:rsidRDefault="001900AA" w:rsidP="00CE18B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006E56DE">
+      <w:r w:rsidR="006E56DE" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="0081201F">
+      <w:r w:rsidR="0081201F" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>b vízinövényt</w:t>
       </w:r>
-      <w:r w:rsidR="00825A5B">
+      <w:r w:rsidR="00825A5B" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00825A5B" w:rsidRDefault="0011768D" w:rsidP="0011768D">
+    <w:p w14:paraId="5128CCA7" w14:textId="77777777" w:rsidR="00825A5B" w:rsidRPr="006A63D9" w:rsidRDefault="0011768D" w:rsidP="0011768D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
           <w:tab w:val="right" w:leader="dot" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F74B85">
+      <w:r w:rsidR="00F74B85" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kg</w:t>
       </w:r>
-      <w:r w:rsidR="00A72EC5">
+      <w:r w:rsidR="00A72EC5" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/1000 db</w:t>
       </w:r>
-      <w:r w:rsidR="009510A4">
+      <w:r w:rsidR="009510A4" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vetőmagot.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001840DD" w:rsidRDefault="001840DD" w:rsidP="0030677F">
+    <w:p w14:paraId="25401203" w14:textId="77777777" w:rsidR="001840DD" w:rsidRPr="006A63D9" w:rsidRDefault="001840DD" w:rsidP="0030677F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="001840DD" w:rsidSect="0030677F">
+        <w:sectPr w:rsidR="001840DD" w:rsidRPr="006A63D9" w:rsidSect="0030677F">
           <w:headerReference w:type="even" r:id="rId7"/>
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="340" w:right="567" w:bottom="340" w:left="567" w:header="510" w:footer="510" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0040694D" w:rsidRDefault="0040694D" w:rsidP="0030677F">
+    <w:p w14:paraId="25FFD3C9" w14:textId="77777777" w:rsidR="0040694D" w:rsidRPr="006A63D9" w:rsidRDefault="0040694D" w:rsidP="0030677F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0084638E" w:rsidRDefault="0084638E" w:rsidP="0030677F">
+    <w:p w14:paraId="626C7F90" w14:textId="77777777" w:rsidR="0084638E" w:rsidRPr="006A63D9" w:rsidRDefault="0084638E" w:rsidP="0030677F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00825A5B">
-[...21 lines deleted...]
-        <w:t>ísznövény szaporítóanyag nyilvántartásomban foglaltakkal megegyeznek, és a valóságnak megfelelnek.</w:t>
+      <w:r w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kijelentem, hogy az itt feltüntetett adataim a dísznövény szaporítóanyag nyilvántartásomban foglaltakkal megegyeznek, és a valóságnak megfelelnek.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00855F30" w:rsidRDefault="00855F30" w:rsidP="0030677F">
+    <w:p w14:paraId="7766A455" w14:textId="77777777" w:rsidR="00855F30" w:rsidRPr="006A63D9" w:rsidRDefault="00855F30" w:rsidP="0030677F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1620"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC3CB2" w:rsidRDefault="0084638E" w:rsidP="004F50D4">
+    <w:p w14:paraId="37BB35BC" w14:textId="10BFFDBB" w:rsidR="00CC3CB2" w:rsidRPr="006A63D9" w:rsidRDefault="0084638E" w:rsidP="004F50D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10206"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kelt:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00825A5B">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>, …</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002A18D7" w:rsidRPr="006A63D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>20</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00825A5B">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00825A5B">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">év. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00825A5B">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004F50D4">
+      <w:r w:rsidR="004F50D4" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00825A5B">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>P.H.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00825A5B">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00825A5B">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A3CEF" w:rsidRPr="0015057D" w:rsidRDefault="0084638E" w:rsidP="00B55912">
+    <w:p w14:paraId="240933A8" w14:textId="77777777" w:rsidR="001A3CEF" w:rsidRPr="0015057D" w:rsidRDefault="0084638E" w:rsidP="00B55912">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7938"/>
           <w:tab w:val="left" w:pos="10206"/>
         </w:tabs>
         <w:ind w:left="7938"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00825A5B">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0030677F">
+      <w:r w:rsidR="0030677F" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">forgalmazó </w:t>
       </w:r>
-      <w:r w:rsidRPr="00825A5B">
+      <w:r w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aláírás</w:t>
       </w:r>
-      <w:r w:rsidR="0030677F">
+      <w:r w:rsidR="0030677F" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A30CC4">
+      <w:r w:rsidR="00A30CC4" w:rsidRPr="006A63D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001A3CEF" w:rsidRPr="0015057D" w:rsidSect="00345BFF">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="340" w:right="567" w:bottom="227" w:left="567" w:header="510" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C17EF9" w:rsidRDefault="00C17EF9">
+    <w:p w14:paraId="12A34282" w14:textId="77777777" w:rsidR="002B284D" w:rsidRDefault="002B284D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C17EF9" w:rsidRDefault="00C17EF9">
+    <w:p w14:paraId="25B7A601" w14:textId="77777777" w:rsidR="002B284D" w:rsidRDefault="002B284D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="002B284D" w:rsidRPr="0030677F" w:rsidRDefault="00FC47AE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16126676" w14:textId="33681C5D" w:rsidR="002B284D" w:rsidRPr="0030677F" w:rsidRDefault="00FC47AE">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Éves_b</w:t>
     </w:r>
     <w:r w:rsidR="002B284D" w:rsidRPr="0030677F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>ejelento_D</w:t>
-[...28 lines deleted...]
-      <w:t>.docx</w:t>
+      <w:t>ejelento_D.docx</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C17EF9" w:rsidRDefault="00C17EF9">
+    <w:p w14:paraId="3D3BB2C8" w14:textId="77777777" w:rsidR="002B284D" w:rsidRDefault="002B284D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C17EF9" w:rsidRDefault="00C17EF9">
+    <w:p w14:paraId="4A0BBB55" w14:textId="77777777" w:rsidR="002B284D" w:rsidRDefault="002B284D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="002B284D" w:rsidRDefault="00C27D50">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64994B98" w14:textId="14211F60" w:rsidR="002B284D" w:rsidRDefault="00C27D50">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A72EC5">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002B284D" w:rsidRDefault="002B284D">
+  <w:p w14:paraId="67F5EDEB" w14:textId="77777777" w:rsidR="002B284D" w:rsidRDefault="002B284D">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="001523AC" w:rsidRPr="008D2E33" w:rsidRDefault="001523AC" w:rsidP="001523AC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2360116D" w14:textId="558662EB" w:rsidR="001523AC" w:rsidRPr="008D2E33" w:rsidRDefault="001523AC" w:rsidP="001523AC">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008D2E33">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Nemzeti Élelmiszerlánc-biztonsági Hivatal Mezőgazdasági Genetikai Erőforrások Igazgatóság</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005741F8" w:rsidRDefault="00BA3397" w:rsidP="005741F8">
+  <w:p w14:paraId="37894968" w14:textId="77777777" w:rsidR="005741F8" w:rsidRDefault="00BA3397" w:rsidP="005741F8">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005273B2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Beküldendő: </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="005273B2">
         <w:rPr>
           <w:rStyle w:val="Hiperhivatkozs"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3079,485 +2918,486 @@
     <w:r w:rsidR="001523AC" w:rsidRPr="005741F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1525 Budapest, Pf. 30.</w:t>
     </w:r>
     <w:r w:rsidR="00FC47AE" w:rsidRPr="005741F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="005741F8" w:rsidRPr="005741F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>postacímre</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005741F8" w:rsidRPr="005741F8" w:rsidRDefault="005741F8" w:rsidP="005741F8">
+  <w:p w14:paraId="28D1E736" w14:textId="77777777" w:rsidR="005741F8" w:rsidRPr="005741F8" w:rsidRDefault="005741F8" w:rsidP="005741F8">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Űrlap letölthető</w:t>
     </w:r>
     <w:r w:rsidRPr="005741F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>: https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BA3397" w:rsidRDefault="00BA3397" w:rsidP="00BA3397">
+  <w:p w14:paraId="179FC096" w14:textId="4E39870E" w:rsidR="00BA3397" w:rsidRDefault="00BA3397" w:rsidP="00BA3397">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Beküldési határidő: </w:t>
+      <w:t>Beküldési határidő</w:t>
     </w:r>
-    <w:r w:rsidR="00E60371">
+    <w:r w:rsidRPr="006A63D9">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="006A63D9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>202</w:t>
-[...17 lines deleted...]
-      <w:t>. január 15.</w:t>
+      <w:t>január 15.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002B284D" w:rsidRDefault="002B284D" w:rsidP="005741F8">
+  <w:p w14:paraId="66ABF648" w14:textId="77777777" w:rsidR="002B284D" w:rsidRDefault="002B284D" w:rsidP="005741F8">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="10773"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="99"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:gutterAtTop/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1701"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C5696"/>
     <w:rsid w:val="0003628E"/>
     <w:rsid w:val="00040834"/>
     <w:rsid w:val="000443C7"/>
     <w:rsid w:val="00075157"/>
     <w:rsid w:val="00086F05"/>
     <w:rsid w:val="000A31BC"/>
     <w:rsid w:val="000A592C"/>
-    <w:rsid w:val="000B5893"/>
     <w:rsid w:val="000B604E"/>
     <w:rsid w:val="000C6877"/>
     <w:rsid w:val="000E3207"/>
     <w:rsid w:val="0011768D"/>
     <w:rsid w:val="0015057D"/>
     <w:rsid w:val="00151C74"/>
     <w:rsid w:val="00151D36"/>
     <w:rsid w:val="001523AC"/>
     <w:rsid w:val="001650A1"/>
     <w:rsid w:val="00173EC0"/>
     <w:rsid w:val="00176909"/>
     <w:rsid w:val="001840DD"/>
     <w:rsid w:val="001900AA"/>
     <w:rsid w:val="001A3CEF"/>
     <w:rsid w:val="001B1152"/>
     <w:rsid w:val="001C7E6C"/>
     <w:rsid w:val="00204409"/>
     <w:rsid w:val="002114F8"/>
     <w:rsid w:val="0022648A"/>
     <w:rsid w:val="00232BEC"/>
     <w:rsid w:val="00241595"/>
     <w:rsid w:val="00280907"/>
     <w:rsid w:val="002842E2"/>
     <w:rsid w:val="002870E5"/>
     <w:rsid w:val="002871DB"/>
+    <w:rsid w:val="00290BA0"/>
+    <w:rsid w:val="002A18D7"/>
     <w:rsid w:val="002B284D"/>
     <w:rsid w:val="002D3B86"/>
     <w:rsid w:val="002D4891"/>
     <w:rsid w:val="002D6F78"/>
     <w:rsid w:val="002E3320"/>
     <w:rsid w:val="003029F7"/>
     <w:rsid w:val="0030677F"/>
     <w:rsid w:val="00314E1D"/>
     <w:rsid w:val="00316D57"/>
     <w:rsid w:val="003206C9"/>
     <w:rsid w:val="00332FE1"/>
+    <w:rsid w:val="003401C6"/>
     <w:rsid w:val="0034277D"/>
     <w:rsid w:val="00345BFF"/>
     <w:rsid w:val="00346671"/>
     <w:rsid w:val="00354980"/>
     <w:rsid w:val="00361D3E"/>
     <w:rsid w:val="00363007"/>
     <w:rsid w:val="003712B1"/>
     <w:rsid w:val="00380492"/>
     <w:rsid w:val="00382D6A"/>
     <w:rsid w:val="00383DA3"/>
     <w:rsid w:val="00396BAB"/>
     <w:rsid w:val="003C1976"/>
+    <w:rsid w:val="003C46E8"/>
     <w:rsid w:val="003D1397"/>
     <w:rsid w:val="0040694D"/>
     <w:rsid w:val="00414E02"/>
     <w:rsid w:val="004219A9"/>
     <w:rsid w:val="00427503"/>
     <w:rsid w:val="00433D44"/>
     <w:rsid w:val="00437441"/>
     <w:rsid w:val="0044266A"/>
     <w:rsid w:val="00476284"/>
     <w:rsid w:val="004763D8"/>
     <w:rsid w:val="00485DA5"/>
     <w:rsid w:val="004A3448"/>
     <w:rsid w:val="004B4F06"/>
     <w:rsid w:val="004B7924"/>
     <w:rsid w:val="004C729C"/>
     <w:rsid w:val="004D4D4F"/>
     <w:rsid w:val="004E01A5"/>
     <w:rsid w:val="004F2874"/>
     <w:rsid w:val="004F50D4"/>
     <w:rsid w:val="004F525B"/>
     <w:rsid w:val="004F590A"/>
     <w:rsid w:val="005005A7"/>
     <w:rsid w:val="00500BDC"/>
     <w:rsid w:val="005012E4"/>
     <w:rsid w:val="00510316"/>
     <w:rsid w:val="00525B65"/>
     <w:rsid w:val="005273B2"/>
     <w:rsid w:val="00554385"/>
     <w:rsid w:val="005741F8"/>
     <w:rsid w:val="005749A9"/>
     <w:rsid w:val="00575A89"/>
     <w:rsid w:val="00575BFD"/>
     <w:rsid w:val="00580185"/>
     <w:rsid w:val="0058174B"/>
     <w:rsid w:val="005A1CE8"/>
     <w:rsid w:val="005A4045"/>
     <w:rsid w:val="005B1203"/>
     <w:rsid w:val="005C1A41"/>
     <w:rsid w:val="00600D1E"/>
     <w:rsid w:val="0060539E"/>
     <w:rsid w:val="006177F9"/>
     <w:rsid w:val="00620531"/>
     <w:rsid w:val="006233AB"/>
     <w:rsid w:val="00633750"/>
     <w:rsid w:val="00644FA2"/>
     <w:rsid w:val="00682A29"/>
     <w:rsid w:val="00687003"/>
     <w:rsid w:val="006A3CAF"/>
+    <w:rsid w:val="006A63D9"/>
     <w:rsid w:val="006B3F4A"/>
     <w:rsid w:val="006B3F7E"/>
     <w:rsid w:val="006D4BEF"/>
+    <w:rsid w:val="006D5A27"/>
     <w:rsid w:val="006E56DE"/>
     <w:rsid w:val="006E5912"/>
+    <w:rsid w:val="006E60C2"/>
     <w:rsid w:val="006F2E3C"/>
     <w:rsid w:val="00705F9F"/>
     <w:rsid w:val="007167E6"/>
     <w:rsid w:val="0072487A"/>
     <w:rsid w:val="00725729"/>
     <w:rsid w:val="00730AC3"/>
     <w:rsid w:val="00734E5C"/>
     <w:rsid w:val="0073764E"/>
     <w:rsid w:val="0075484D"/>
     <w:rsid w:val="007622FB"/>
     <w:rsid w:val="00771AB8"/>
     <w:rsid w:val="00772C13"/>
     <w:rsid w:val="00777DBF"/>
     <w:rsid w:val="00793AE8"/>
     <w:rsid w:val="007A29C2"/>
+    <w:rsid w:val="007B1E23"/>
     <w:rsid w:val="007C5696"/>
     <w:rsid w:val="007D62CE"/>
     <w:rsid w:val="007E2584"/>
     <w:rsid w:val="007E3E58"/>
     <w:rsid w:val="007E66D3"/>
     <w:rsid w:val="007F56D4"/>
     <w:rsid w:val="00802AB2"/>
     <w:rsid w:val="0081201F"/>
     <w:rsid w:val="00823307"/>
     <w:rsid w:val="0082424C"/>
     <w:rsid w:val="00825956"/>
     <w:rsid w:val="00825A5B"/>
     <w:rsid w:val="008261E8"/>
     <w:rsid w:val="008417FE"/>
     <w:rsid w:val="0084638E"/>
     <w:rsid w:val="00850C68"/>
     <w:rsid w:val="00855F30"/>
     <w:rsid w:val="00865155"/>
     <w:rsid w:val="00870A30"/>
     <w:rsid w:val="008815E6"/>
     <w:rsid w:val="008A1CDF"/>
     <w:rsid w:val="008A4655"/>
     <w:rsid w:val="008A4CC3"/>
     <w:rsid w:val="008A7002"/>
     <w:rsid w:val="008C6C78"/>
     <w:rsid w:val="008D2E33"/>
     <w:rsid w:val="008D46B3"/>
     <w:rsid w:val="00901663"/>
     <w:rsid w:val="009017C3"/>
+    <w:rsid w:val="00903190"/>
     <w:rsid w:val="00905BBB"/>
     <w:rsid w:val="009510A4"/>
     <w:rsid w:val="00955F16"/>
     <w:rsid w:val="00957884"/>
     <w:rsid w:val="00987F23"/>
     <w:rsid w:val="00993187"/>
     <w:rsid w:val="009A57E1"/>
     <w:rsid w:val="009B2546"/>
     <w:rsid w:val="009B3BDA"/>
     <w:rsid w:val="009E2DEE"/>
     <w:rsid w:val="009E3817"/>
+    <w:rsid w:val="009F026E"/>
     <w:rsid w:val="009F4F2B"/>
     <w:rsid w:val="00A03044"/>
     <w:rsid w:val="00A2638A"/>
     <w:rsid w:val="00A30CC4"/>
     <w:rsid w:val="00A65500"/>
     <w:rsid w:val="00A72EC5"/>
     <w:rsid w:val="00A76CED"/>
     <w:rsid w:val="00A961C2"/>
     <w:rsid w:val="00AC5FDB"/>
     <w:rsid w:val="00AE24E5"/>
     <w:rsid w:val="00AF03C2"/>
     <w:rsid w:val="00AF3279"/>
     <w:rsid w:val="00AF5F09"/>
     <w:rsid w:val="00B06C66"/>
     <w:rsid w:val="00B072B5"/>
     <w:rsid w:val="00B24C22"/>
     <w:rsid w:val="00B34627"/>
     <w:rsid w:val="00B55912"/>
     <w:rsid w:val="00B57BD6"/>
     <w:rsid w:val="00B61951"/>
     <w:rsid w:val="00B62AC6"/>
     <w:rsid w:val="00B65BFA"/>
     <w:rsid w:val="00B85878"/>
     <w:rsid w:val="00BA3397"/>
     <w:rsid w:val="00BB0D04"/>
     <w:rsid w:val="00BC6C34"/>
     <w:rsid w:val="00BC6C97"/>
     <w:rsid w:val="00BD5093"/>
     <w:rsid w:val="00BE44CA"/>
     <w:rsid w:val="00C005E4"/>
     <w:rsid w:val="00C128AD"/>
-    <w:rsid w:val="00C17EF9"/>
     <w:rsid w:val="00C22FD2"/>
     <w:rsid w:val="00C245F4"/>
     <w:rsid w:val="00C2572C"/>
     <w:rsid w:val="00C27D50"/>
     <w:rsid w:val="00C44D1A"/>
     <w:rsid w:val="00C700C4"/>
     <w:rsid w:val="00C73C90"/>
     <w:rsid w:val="00CB0E2D"/>
     <w:rsid w:val="00CB182E"/>
     <w:rsid w:val="00CB75BB"/>
     <w:rsid w:val="00CC3CB2"/>
     <w:rsid w:val="00CD5B96"/>
     <w:rsid w:val="00CE18B6"/>
     <w:rsid w:val="00CE2F83"/>
     <w:rsid w:val="00CF0E03"/>
     <w:rsid w:val="00D02367"/>
     <w:rsid w:val="00D02AC8"/>
     <w:rsid w:val="00D1437A"/>
     <w:rsid w:val="00D26E53"/>
     <w:rsid w:val="00D357A4"/>
     <w:rsid w:val="00D35E33"/>
     <w:rsid w:val="00D465DB"/>
     <w:rsid w:val="00D46A47"/>
+    <w:rsid w:val="00D52DCE"/>
     <w:rsid w:val="00D53080"/>
     <w:rsid w:val="00D5361D"/>
     <w:rsid w:val="00D6258B"/>
     <w:rsid w:val="00D76419"/>
     <w:rsid w:val="00D97A83"/>
     <w:rsid w:val="00DA40D2"/>
     <w:rsid w:val="00DA6938"/>
     <w:rsid w:val="00DA740F"/>
     <w:rsid w:val="00DB34A4"/>
     <w:rsid w:val="00DC035D"/>
     <w:rsid w:val="00DC1FC1"/>
     <w:rsid w:val="00DE06A7"/>
     <w:rsid w:val="00DF6633"/>
     <w:rsid w:val="00E044EC"/>
     <w:rsid w:val="00E0727D"/>
     <w:rsid w:val="00E12349"/>
     <w:rsid w:val="00E20239"/>
     <w:rsid w:val="00E27053"/>
     <w:rsid w:val="00E30B7F"/>
     <w:rsid w:val="00E409DB"/>
     <w:rsid w:val="00E60371"/>
     <w:rsid w:val="00E63465"/>
+    <w:rsid w:val="00E6675A"/>
     <w:rsid w:val="00E67528"/>
     <w:rsid w:val="00E85414"/>
     <w:rsid w:val="00E85635"/>
     <w:rsid w:val="00E90243"/>
     <w:rsid w:val="00E91461"/>
     <w:rsid w:val="00EA4DFE"/>
     <w:rsid w:val="00EC667F"/>
     <w:rsid w:val="00EF768A"/>
     <w:rsid w:val="00F27786"/>
     <w:rsid w:val="00F3438E"/>
     <w:rsid w:val="00F35246"/>
     <w:rsid w:val="00F40F6B"/>
     <w:rsid w:val="00F56459"/>
     <w:rsid w:val="00F67C0D"/>
     <w:rsid w:val="00F74B85"/>
     <w:rsid w:val="00F76E4D"/>
     <w:rsid w:val="00F82EC2"/>
     <w:rsid w:val="00F85E41"/>
     <w:rsid w:val="00F86C37"/>
     <w:rsid w:val="00FA70A9"/>
     <w:rsid w:val="00FC47AE"/>
     <w:rsid w:val="00FC6AC6"/>
     <w:rsid w:val="00FD3B1D"/>
     <w:rsid w:val="00FD7571"/>
     <w:rsid w:val="00FE376E"/>
     <w:rsid w:val="00FF1E93"/>
     <w:rsid w:val="00FF661B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="hu-HU" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="03CE16B0"/>
   <w15:docId w15:val="{E7DDC2FD-32FC-4B99-83FC-4AC2B00453CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3619,95 +3459,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -3886,50 +3729,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Norml">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE24E5"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Bekezdsalapbettpusa">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normltblzat">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -4024,51 +3868,51 @@
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:link w:val="llb"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0030677F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Feloldatlanmegemlts1">
     <w:name w:val="Feloldatlan megemlítés1"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA3397"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="614363356">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1033382508">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4370,79 +4214,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25F27F06-4A1C-4442-A403-B7A0A54944DD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B41EBB9C-974E-46B9-9FB2-254DE32C9DEB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>153</Words>
-  <Characters>1982</Characters>
+  <Words>269</Words>
+  <Characters>1859</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>152</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1983</CharactersWithSpaces>
+  <CharactersWithSpaces>2124</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>BEJELENTŐLAP 2006</dc:title>
-  <dc:creator>peteandrasne</dc:creator>
+  <dc:title/>
+  <dc:creator>Tóthné Dr. Batiz Eszter</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>