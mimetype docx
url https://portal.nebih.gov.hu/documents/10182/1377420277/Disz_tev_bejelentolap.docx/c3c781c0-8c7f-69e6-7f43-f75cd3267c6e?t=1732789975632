--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,197 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="62D6BBDA" w14:textId="77777777" w:rsidR="000C798A" w:rsidRDefault="000C798A"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Rcsostblzat"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Űrlap fejléce"/>
         <w:tblDescription w:val="Űrlap iktatószámát és az ügyfél regisztrációs számát lehet itt rögzíteni"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10762"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BC2F53" w:rsidRPr="00207DEB" w14:paraId="6B0BC91A" w14:textId="77777777" w:rsidTr="00F57D3E">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10912" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6690A096" w14:textId="77777777" w:rsidR="002318A3" w:rsidRDefault="00BC2F53" w:rsidP="00207DEB">
+          <w:p w14:paraId="556D83C4" w14:textId="4994D8D7" w:rsidR="00BC2F53" w:rsidRDefault="00BC0DE9" w:rsidP="00BC0DE9">
             <w:pPr>
               <w:pStyle w:val="Cm"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
               </w:tabs>
-              <w:ind w:left="6660"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00207DEB">
+            <w:r w:rsidRPr="00BC0DE9">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Iktatószám</w:t>
+              <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00207DEB">
+            <w:r w:rsidR="00BC2F53" w:rsidRPr="00BC0DE9">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Iktatószám</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2F53" w:rsidRPr="00BC0DE9">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00207DEB">
+            <w:r w:rsidR="00BC2F53" w:rsidRPr="00BC0DE9">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:smallCaps w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ………………………………………….</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="556D83C4" w14:textId="77777777" w:rsidR="00BC2F53" w:rsidRPr="00207DEB" w:rsidRDefault="00BC2F53" w:rsidP="00207DEB">
+          <w:p w14:paraId="6CA9CFC6" w14:textId="77777777" w:rsidR="00BC0DE9" w:rsidRPr="00BC0DE9" w:rsidRDefault="00BC0DE9" w:rsidP="00BC0DE9">
             <w:pPr>
               <w:pStyle w:val="Cm"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
               </w:tabs>
-              <w:ind w:left="6660"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00207DEB">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="6564D7E8" w14:textId="77777777" w:rsidR="000C10C9" w:rsidRPr="00B90B21" w:rsidRDefault="00493E7B">
+          <w:p w14:paraId="6564D7E8" w14:textId="77777777" w:rsidR="000C10C9" w:rsidRPr="00BC0DE9" w:rsidRDefault="00493E7B">
             <w:pPr>
               <w:pStyle w:val="Cm"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="10773"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00493E7B">
+            <w:r w:rsidRPr="00BC0DE9">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Már rendelkezem </w:t>
             </w:r>
-            <w:r w:rsidR="001B608A">
+            <w:r w:rsidR="001B608A" w:rsidRPr="00BC0DE9">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Nébih nyilvántartási számmal</w:t>
             </w:r>
-            <w:r w:rsidRPr="00493E7B">
+            <w:r w:rsidRPr="00BC0DE9">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68BBDA16" w14:textId="77777777" w:rsidR="00BC2F53" w:rsidRDefault="00BC2F53" w:rsidP="007B228F">
+          <w:p w14:paraId="68BBDA16" w14:textId="77777777" w:rsidR="00BC2F53" w:rsidRPr="00BC0DE9" w:rsidRDefault="00BC2F53" w:rsidP="007B228F">
             <w:pPr>
               <w:pStyle w:val="Cm"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
-                <w:sz w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207DEB">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Dísz</w:t>
             </w:r>
             <w:r w:rsidR="004B7394" w:rsidRPr="00207DEB">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">növény szaporítóanyag </w:t>
             </w:r>
             <w:r w:rsidR="00493E7B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:smallCaps w:val="0"/>
@@ -814,104 +820,111 @@
       <w:r w:rsidR="00926836">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> □</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B46EAD6" w14:textId="77777777" w:rsidR="0016746B" w:rsidRDefault="0016746B" w:rsidP="002A049A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Bejelentést tevő cég rövid neve:</w:t>
       </w:r>
       <w:r w:rsidRPr="0016746B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> …………………………………………………………………</w:t>
+        <w:t xml:space="preserve"> …</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00576363">
         <w:t>…………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AABF73F" w14:textId="77777777" w:rsidR="00517720" w:rsidRDefault="00E034A1" w:rsidP="002A049A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bejelentést tevő </w:t>
       </w:r>
       <w:r w:rsidR="00493E7B" w:rsidRPr="00493E7B">
         <w:t>székhelye</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00926836">
         <w:t>őstermelő</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> esetén </w:t>
       </w:r>
       <w:r w:rsidR="0063531C">
         <w:t>lakcíme)</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0016746B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0063531C" w:rsidRPr="002A049A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0063531C">
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0063531C">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="42390E1E" w14:textId="77777777" w:rsidR="00476A61" w:rsidRDefault="00517720" w:rsidP="00926836">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00926836">
         <w:t>módosítás:</w:t>
       </w:r>
       <w:r w:rsidR="00926836">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -1069,60 +1082,60 @@
         <w:t>módosítás:</w:t>
       </w:r>
       <w:r w:rsidR="0016746B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> □</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57841FB8" w14:textId="77777777" w:rsidR="00A676AE" w:rsidRDefault="00493E7B" w:rsidP="00926836">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Kapcsolattartó/</w:t>
       </w:r>
       <w:r w:rsidRPr="00493E7B">
         <w:t>szakirányító</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> neve</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0016746B" w:rsidRPr="0016746B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009F24D7">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C724E8">
         <w:t>..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00926836">
         <w:t>módosítás:</w:t>
       </w:r>
       <w:r w:rsidR="00926836">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> □</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C1C8B6" w14:textId="77777777" w:rsidR="00A676AE" w:rsidRDefault="00A301B5" w:rsidP="00C724E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="6804"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10773"/>
         </w:tabs>
       </w:pPr>
@@ -1147,55 +1160,60 @@
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> □</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F3DB30D" w14:textId="77777777" w:rsidR="00657F7A" w:rsidRDefault="008622C5" w:rsidP="00926836">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>E-mail:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00957178">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00926836">
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C724E8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00926836">
-        <w:t>módosítás:</w:t>
+        <w:t>módosítás</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00926836">
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00926836">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> □</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D0AD7C2" w14:textId="77777777" w:rsidR="002A2609" w:rsidRDefault="002A2609" w:rsidP="002A2609">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="7938"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Bejelentést tevő növény-egészségügyi regisztrációs száma</w:t>
       </w:r>
       <w:r w:rsidR="0016746B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
@@ -1583,56 +1601,60 @@
         <w:ind w:left="290" w:hanging="290"/>
       </w:pPr>
       <w:r w:rsidRPr="001F0D2C">
         <w:t xml:space="preserve">□ hagymás, gumós, hagymagumós, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001F0D2C">
         <w:t>rhizómás</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001F0D2C">
         <w:t xml:space="preserve"> növények szaporítóanyaga</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38B85C71" w14:textId="77777777" w:rsidR="00085A4D" w:rsidRPr="001F0D2C" w:rsidRDefault="00085A4D">
       <w:r w:rsidRPr="001F0D2C">
         <w:t>□ vízi növény</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BF2E73" w14:textId="77777777" w:rsidR="00085A4D" w:rsidRPr="001F0D2C" w:rsidRDefault="00085A4D">
       <w:r w:rsidRPr="001F0D2C">
         <w:t>□ egyéb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2865ABA0" w14:textId="77777777" w:rsidR="00F17A75" w:rsidRPr="001F0D2C" w:rsidRDefault="00F17A75"/>
-    <w:p w14:paraId="5F75D54A" w14:textId="77777777" w:rsidR="00B17987" w:rsidRDefault="00A676AE">
+    <w:p w14:paraId="6713CB60" w14:textId="77777777" w:rsidR="000C798A" w:rsidRDefault="000C798A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+    </w:p>
+    <w:p w14:paraId="5F75D54A" w14:textId="62F188A3" w:rsidR="00B17987" w:rsidRDefault="00A676AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t>Tudomás</w:t>
       </w:r>
       <w:r w:rsidR="004F5921">
         <w:t>ul ve</w:t>
       </w:r>
       <w:r w:rsidR="00BE42B6">
         <w:t>sz</w:t>
       </w:r>
       <w:r w:rsidR="004F5921">
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidR="00426CA3">
         <w:t xml:space="preserve">, hogy </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">az itt közölt adataimban bekövetkezett változásokat 30 napon belül be kell </w:t>
       </w:r>
       <w:r w:rsidR="00493E7B">
         <w:t xml:space="preserve">jelentenem a </w:t>
       </w:r>
       <w:r w:rsidR="002A2609">
         <w:t>Nébih</w:t>
       </w:r>
       <w:r w:rsidR="00BE42B6">
         <w:t>-</w:t>
@@ -2339,51 +2361,51 @@
       </w:pPr>
       <w:r w:rsidRPr="0085317A">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Az űrlap megküldése a</w:t>
       </w:r>
       <w:r w:rsidR="007E5593">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nébih honlapján az ügyfélprofilról is indítható:</w:t>
       </w:r>
       <w:r w:rsidRPr="0085317A">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:tooltip="Ügyfélprofil" w:history="1">
+      <w:hyperlink r:id="rId6" w:tooltip="Ügyfélprofil" w:history="1">
         <w:r w:rsidR="000D5B8A" w:rsidRPr="00853F8F">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://upr.nebih.gov.hu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3CF0A9FA" w14:textId="77777777" w:rsidR="002A049A" w:rsidRPr="00777538" w:rsidRDefault="002A049A" w:rsidP="00EC49D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="8789"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77B5BC66" w14:textId="77777777" w:rsidR="00362936" w:rsidRPr="009960AE" w:rsidRDefault="00362936" w:rsidP="00EC49D5">
@@ -4179,51 +4201,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> és szakmaközi szervezetek</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80B7C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> illetve </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tagszervezeteik listája megtekinthető a Nébih honlapján:</w:t>
       </w:r>
       <w:r w:rsidR="00D5031D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:anchor="Disznoveny_es_Zoldsegpalanta" w:history="1">
+      <w:hyperlink r:id="rId7" w:anchor="Disznoveny_es_Zoldsegpalanta" w:history="1">
         <w:r w:rsidR="00F52F59">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>terméktanács-szakmaközi szervezet lista</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="32B4B1A7" w14:textId="6EC90BA8" w:rsidR="00D5031D" w:rsidRPr="00270965" w:rsidRDefault="0016746B" w:rsidP="00A1463E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="8789"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4241,235 +4263,228 @@
       </w:r>
       <w:r w:rsidR="00D5031D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D5031D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A fenti pontokkal kapcsolatos kiegészítő információ részére fenntartott hely. Nyilvántartásból való törlési kérelem esetén itt kérjük közölni </w:t>
       </w:r>
       <w:r w:rsidR="00D5031D" w:rsidRPr="00D5031D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a törlési kérelem benyújtásának okát.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D5031D" w:rsidRPr="00270965" w:rsidSect="001F0D2C">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="227" w:right="567" w:bottom="510" w:left="567" w:header="284" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62799A15" w14:textId="77777777" w:rsidR="000C344E" w:rsidRDefault="000C344E">
+    <w:p w14:paraId="3D2D3914" w14:textId="77777777" w:rsidR="00AD00A8" w:rsidRDefault="00AD00A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5107F6D4" w14:textId="77777777" w:rsidR="000C344E" w:rsidRDefault="000C344E">
+    <w:p w14:paraId="3E03E372" w14:textId="77777777" w:rsidR="00AD00A8" w:rsidRDefault="00AD00A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="59FF16F3" w14:textId="5C959785" w:rsidR="00875066" w:rsidRPr="009E30F2" w:rsidRDefault="00875066" w:rsidP="00703A8D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7F2B470D" w14:textId="58DE4A56" w:rsidR="00B05DFF" w:rsidRPr="009E30F2" w:rsidRDefault="00875066" w:rsidP="00703A8D">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Dísz_tev_bejelentőlap_</w:t>
     </w:r>
-    <w:r w:rsidR="008E53F0">
+    <w:r w:rsidR="000C798A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>_</w:t>
     </w:r>
-    <w:r w:rsidR="001F0D2C">
+    <w:r w:rsidR="00B05DFF">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>0</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="448BE90B" w14:textId="77777777" w:rsidR="000C344E" w:rsidRDefault="000C344E">
+    <w:p w14:paraId="4E5B8D94" w14:textId="77777777" w:rsidR="00AD00A8" w:rsidRDefault="00AD00A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B662931" w14:textId="77777777" w:rsidR="000C344E" w:rsidRDefault="000C344E">
+    <w:p w14:paraId="7D0CF2F9" w14:textId="77777777" w:rsidR="00AD00A8" w:rsidRDefault="00AD00A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-91100908"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="3B34DC10" w14:textId="77777777" w:rsidR="00E219D8" w:rsidRDefault="00E219D8">
         <w:pPr>
           <w:pStyle w:val="lfej"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00053C52">
+        <w:r w:rsidR="00B05DFF">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="99"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F11F8B"/>
     <w:rsid w:val="0000153D"/>
     <w:rsid w:val="00013DB1"/>
     <w:rsid w:val="00015240"/>
     <w:rsid w:val="000223D6"/>
     <w:rsid w:val="00031E1A"/>
     <w:rsid w:val="00033618"/>
@@ -4477,51 +4492,51 @@
     <w:rsid w:val="000434BF"/>
     <w:rsid w:val="0004724F"/>
     <w:rsid w:val="00047DE9"/>
     <w:rsid w:val="00053C52"/>
     <w:rsid w:val="000569BF"/>
     <w:rsid w:val="00060466"/>
     <w:rsid w:val="000620A2"/>
     <w:rsid w:val="0006569E"/>
     <w:rsid w:val="00067C0B"/>
     <w:rsid w:val="0007712B"/>
     <w:rsid w:val="00081B21"/>
     <w:rsid w:val="0008454C"/>
     <w:rsid w:val="00085895"/>
     <w:rsid w:val="00085A4D"/>
     <w:rsid w:val="00086743"/>
     <w:rsid w:val="000873D5"/>
     <w:rsid w:val="000903A4"/>
     <w:rsid w:val="00094F65"/>
     <w:rsid w:val="000A023F"/>
     <w:rsid w:val="000A1CC5"/>
     <w:rsid w:val="000B331C"/>
     <w:rsid w:val="000B7239"/>
     <w:rsid w:val="000C07AD"/>
     <w:rsid w:val="000C0A82"/>
     <w:rsid w:val="000C10C9"/>
-    <w:rsid w:val="000C344E"/>
+    <w:rsid w:val="000C798A"/>
     <w:rsid w:val="000D096C"/>
     <w:rsid w:val="000D5B8A"/>
     <w:rsid w:val="000D73EC"/>
     <w:rsid w:val="000E00AF"/>
     <w:rsid w:val="00100AFA"/>
     <w:rsid w:val="001109CD"/>
     <w:rsid w:val="00112D5F"/>
     <w:rsid w:val="0012101E"/>
     <w:rsid w:val="001214AF"/>
     <w:rsid w:val="001319CD"/>
     <w:rsid w:val="0013542D"/>
     <w:rsid w:val="00155053"/>
     <w:rsid w:val="0016550C"/>
     <w:rsid w:val="0016746B"/>
     <w:rsid w:val="00170B4C"/>
     <w:rsid w:val="001741AF"/>
     <w:rsid w:val="00177CB9"/>
     <w:rsid w:val="00180849"/>
     <w:rsid w:val="00197330"/>
     <w:rsid w:val="001A1B31"/>
     <w:rsid w:val="001A4BEE"/>
     <w:rsid w:val="001B46CD"/>
     <w:rsid w:val="001B48F6"/>
     <w:rsid w:val="001B59B5"/>
     <w:rsid w:val="001B608A"/>
@@ -4532,177 +4547,180 @@
     <w:rsid w:val="001F4CE1"/>
     <w:rsid w:val="001F6385"/>
     <w:rsid w:val="00207DEB"/>
     <w:rsid w:val="002109F7"/>
     <w:rsid w:val="002318A3"/>
     <w:rsid w:val="0023436D"/>
     <w:rsid w:val="002447C1"/>
     <w:rsid w:val="00246AC0"/>
     <w:rsid w:val="002549FB"/>
     <w:rsid w:val="002603DE"/>
     <w:rsid w:val="002611FE"/>
     <w:rsid w:val="00264111"/>
     <w:rsid w:val="00270965"/>
     <w:rsid w:val="00271A50"/>
     <w:rsid w:val="002826EE"/>
     <w:rsid w:val="0028406D"/>
     <w:rsid w:val="00287036"/>
     <w:rsid w:val="00290C50"/>
     <w:rsid w:val="002A0403"/>
     <w:rsid w:val="002A049A"/>
     <w:rsid w:val="002A1A1F"/>
     <w:rsid w:val="002A2609"/>
     <w:rsid w:val="002A3651"/>
     <w:rsid w:val="002A64ED"/>
     <w:rsid w:val="002B2003"/>
+    <w:rsid w:val="002C0753"/>
     <w:rsid w:val="002D48BE"/>
     <w:rsid w:val="002E49DE"/>
     <w:rsid w:val="002E78B3"/>
     <w:rsid w:val="002F0346"/>
     <w:rsid w:val="003062C3"/>
     <w:rsid w:val="0031703D"/>
     <w:rsid w:val="00320885"/>
     <w:rsid w:val="00325EF1"/>
     <w:rsid w:val="00327101"/>
     <w:rsid w:val="003304EF"/>
     <w:rsid w:val="00333E59"/>
     <w:rsid w:val="00341134"/>
     <w:rsid w:val="00352F79"/>
     <w:rsid w:val="00353412"/>
     <w:rsid w:val="00353F05"/>
     <w:rsid w:val="003573B2"/>
     <w:rsid w:val="00362936"/>
     <w:rsid w:val="0036366F"/>
     <w:rsid w:val="0036785A"/>
     <w:rsid w:val="00376CA4"/>
     <w:rsid w:val="00387D5F"/>
     <w:rsid w:val="0039753A"/>
     <w:rsid w:val="003A0E59"/>
     <w:rsid w:val="003B192C"/>
     <w:rsid w:val="003B435C"/>
     <w:rsid w:val="003E0EFA"/>
     <w:rsid w:val="003F13E7"/>
     <w:rsid w:val="003F20F9"/>
     <w:rsid w:val="003F6BB9"/>
     <w:rsid w:val="004022C7"/>
     <w:rsid w:val="004033D4"/>
+    <w:rsid w:val="00404987"/>
     <w:rsid w:val="00417330"/>
     <w:rsid w:val="00426CA3"/>
     <w:rsid w:val="0044545B"/>
     <w:rsid w:val="00452612"/>
     <w:rsid w:val="00476A61"/>
     <w:rsid w:val="0048572F"/>
     <w:rsid w:val="00493E7B"/>
     <w:rsid w:val="004940EB"/>
     <w:rsid w:val="00495DAC"/>
     <w:rsid w:val="004972EA"/>
     <w:rsid w:val="004A1A85"/>
     <w:rsid w:val="004A25E1"/>
     <w:rsid w:val="004B1089"/>
     <w:rsid w:val="004B7394"/>
     <w:rsid w:val="004B73A0"/>
     <w:rsid w:val="004B7ED3"/>
     <w:rsid w:val="004D3FDD"/>
     <w:rsid w:val="004D549B"/>
     <w:rsid w:val="004D6B9F"/>
     <w:rsid w:val="004F5921"/>
     <w:rsid w:val="00504CE9"/>
-    <w:rsid w:val="00505364"/>
     <w:rsid w:val="00505A4A"/>
     <w:rsid w:val="005078D3"/>
     <w:rsid w:val="005150DB"/>
     <w:rsid w:val="00517720"/>
     <w:rsid w:val="0052169A"/>
     <w:rsid w:val="00522B3C"/>
     <w:rsid w:val="00522E07"/>
     <w:rsid w:val="00537DFE"/>
     <w:rsid w:val="00544B49"/>
     <w:rsid w:val="0055002D"/>
     <w:rsid w:val="00555736"/>
     <w:rsid w:val="005565E2"/>
     <w:rsid w:val="00575CD8"/>
     <w:rsid w:val="00576363"/>
     <w:rsid w:val="00585F3B"/>
     <w:rsid w:val="0059781C"/>
     <w:rsid w:val="005A0BDC"/>
     <w:rsid w:val="005B5347"/>
     <w:rsid w:val="005C357A"/>
     <w:rsid w:val="005D4DA4"/>
     <w:rsid w:val="005D4F85"/>
     <w:rsid w:val="005D506C"/>
     <w:rsid w:val="005D6CCF"/>
     <w:rsid w:val="005E613E"/>
+    <w:rsid w:val="005E625D"/>
     <w:rsid w:val="005E6F4D"/>
     <w:rsid w:val="005F0878"/>
     <w:rsid w:val="005F1507"/>
     <w:rsid w:val="005F2A94"/>
     <w:rsid w:val="005F5081"/>
     <w:rsid w:val="006005A9"/>
     <w:rsid w:val="006069E5"/>
     <w:rsid w:val="006179ED"/>
     <w:rsid w:val="00620C8C"/>
     <w:rsid w:val="006279E6"/>
     <w:rsid w:val="00632FA6"/>
     <w:rsid w:val="0063531C"/>
     <w:rsid w:val="00637AA0"/>
     <w:rsid w:val="00641EF9"/>
     <w:rsid w:val="00652662"/>
     <w:rsid w:val="006544CC"/>
     <w:rsid w:val="006573EF"/>
     <w:rsid w:val="00657F7A"/>
     <w:rsid w:val="00660284"/>
     <w:rsid w:val="00665699"/>
     <w:rsid w:val="006672B2"/>
     <w:rsid w:val="00670339"/>
     <w:rsid w:val="00684D5A"/>
     <w:rsid w:val="00686924"/>
     <w:rsid w:val="00690E46"/>
     <w:rsid w:val="00691146"/>
     <w:rsid w:val="006923C0"/>
     <w:rsid w:val="00693D46"/>
     <w:rsid w:val="00695F81"/>
     <w:rsid w:val="006A0005"/>
     <w:rsid w:val="006A0358"/>
     <w:rsid w:val="006A0F95"/>
     <w:rsid w:val="006A6434"/>
     <w:rsid w:val="006C3E1F"/>
     <w:rsid w:val="006D3DEB"/>
     <w:rsid w:val="006D676E"/>
     <w:rsid w:val="006E1578"/>
     <w:rsid w:val="006E4229"/>
     <w:rsid w:val="006E6137"/>
     <w:rsid w:val="006F0DDD"/>
     <w:rsid w:val="006F490E"/>
     <w:rsid w:val="00703A8D"/>
     <w:rsid w:val="007164B5"/>
     <w:rsid w:val="007239C8"/>
     <w:rsid w:val="00732F97"/>
     <w:rsid w:val="00737726"/>
     <w:rsid w:val="00741A74"/>
     <w:rsid w:val="0074248E"/>
     <w:rsid w:val="00744400"/>
     <w:rsid w:val="007468F2"/>
+    <w:rsid w:val="00776BF1"/>
     <w:rsid w:val="00777538"/>
     <w:rsid w:val="00783C18"/>
     <w:rsid w:val="00791DF1"/>
     <w:rsid w:val="00795E3A"/>
     <w:rsid w:val="007A22DA"/>
     <w:rsid w:val="007A3AA9"/>
     <w:rsid w:val="007A7685"/>
     <w:rsid w:val="007B17E0"/>
     <w:rsid w:val="007B228F"/>
     <w:rsid w:val="007B6E26"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007D2494"/>
     <w:rsid w:val="007E0CD0"/>
     <w:rsid w:val="007E5593"/>
     <w:rsid w:val="007E68B0"/>
     <w:rsid w:val="007F068E"/>
     <w:rsid w:val="007F0CD7"/>
     <w:rsid w:val="007F37DB"/>
     <w:rsid w:val="007F3D35"/>
     <w:rsid w:val="007F5CC8"/>
     <w:rsid w:val="00833912"/>
     <w:rsid w:val="00846479"/>
     <w:rsid w:val="008476C5"/>
     <w:rsid w:val="0085317A"/>
     <w:rsid w:val="008572E1"/>
@@ -4741,98 +4759,101 @@
     <w:rsid w:val="009960AE"/>
     <w:rsid w:val="009A5FAD"/>
     <w:rsid w:val="009B533B"/>
     <w:rsid w:val="009C23B6"/>
     <w:rsid w:val="009C4DC5"/>
     <w:rsid w:val="009C6443"/>
     <w:rsid w:val="009C6614"/>
     <w:rsid w:val="009E111F"/>
     <w:rsid w:val="009E30F2"/>
     <w:rsid w:val="009F11CF"/>
     <w:rsid w:val="009F24D7"/>
     <w:rsid w:val="009F2FC3"/>
     <w:rsid w:val="009F3B41"/>
     <w:rsid w:val="009F4554"/>
     <w:rsid w:val="00A071DE"/>
     <w:rsid w:val="00A13960"/>
     <w:rsid w:val="00A1463E"/>
     <w:rsid w:val="00A14BF5"/>
     <w:rsid w:val="00A16BDA"/>
     <w:rsid w:val="00A22941"/>
     <w:rsid w:val="00A23904"/>
     <w:rsid w:val="00A2630B"/>
     <w:rsid w:val="00A26AC0"/>
     <w:rsid w:val="00A273C2"/>
     <w:rsid w:val="00A301B5"/>
+    <w:rsid w:val="00A30FB9"/>
     <w:rsid w:val="00A33E85"/>
     <w:rsid w:val="00A36A0A"/>
     <w:rsid w:val="00A41307"/>
     <w:rsid w:val="00A44213"/>
     <w:rsid w:val="00A5106D"/>
     <w:rsid w:val="00A54A12"/>
     <w:rsid w:val="00A54FEF"/>
     <w:rsid w:val="00A55B05"/>
     <w:rsid w:val="00A562E5"/>
     <w:rsid w:val="00A633BD"/>
     <w:rsid w:val="00A6656B"/>
     <w:rsid w:val="00A676AE"/>
     <w:rsid w:val="00A7354F"/>
     <w:rsid w:val="00A74515"/>
     <w:rsid w:val="00A83E1C"/>
     <w:rsid w:val="00A84841"/>
     <w:rsid w:val="00A92223"/>
     <w:rsid w:val="00A97475"/>
     <w:rsid w:val="00AB2AB3"/>
     <w:rsid w:val="00AB6403"/>
     <w:rsid w:val="00AB7772"/>
     <w:rsid w:val="00AC632C"/>
     <w:rsid w:val="00AD00A8"/>
     <w:rsid w:val="00AD4D6D"/>
     <w:rsid w:val="00AD74F3"/>
     <w:rsid w:val="00AE000B"/>
     <w:rsid w:val="00AE07A2"/>
     <w:rsid w:val="00AE2A5D"/>
     <w:rsid w:val="00AF2C62"/>
     <w:rsid w:val="00AF7A09"/>
     <w:rsid w:val="00B03AF5"/>
+    <w:rsid w:val="00B05DFF"/>
     <w:rsid w:val="00B12ABF"/>
     <w:rsid w:val="00B14982"/>
     <w:rsid w:val="00B17987"/>
     <w:rsid w:val="00B240C4"/>
     <w:rsid w:val="00B27EF6"/>
     <w:rsid w:val="00B33CD9"/>
     <w:rsid w:val="00B37938"/>
     <w:rsid w:val="00B45CEE"/>
     <w:rsid w:val="00B6017D"/>
     <w:rsid w:val="00B64AE1"/>
     <w:rsid w:val="00B6596F"/>
     <w:rsid w:val="00B86647"/>
     <w:rsid w:val="00B90B21"/>
     <w:rsid w:val="00BA1328"/>
     <w:rsid w:val="00BA7207"/>
     <w:rsid w:val="00BB07BB"/>
     <w:rsid w:val="00BB328D"/>
+    <w:rsid w:val="00BC0DE9"/>
     <w:rsid w:val="00BC19EE"/>
     <w:rsid w:val="00BC2F53"/>
     <w:rsid w:val="00BD2DBF"/>
     <w:rsid w:val="00BE09AB"/>
     <w:rsid w:val="00BE42B6"/>
     <w:rsid w:val="00BE4DB6"/>
     <w:rsid w:val="00BE71EF"/>
     <w:rsid w:val="00BE7568"/>
     <w:rsid w:val="00BF13AC"/>
     <w:rsid w:val="00BF1C94"/>
     <w:rsid w:val="00C01572"/>
     <w:rsid w:val="00C07213"/>
     <w:rsid w:val="00C17939"/>
     <w:rsid w:val="00C22FE8"/>
     <w:rsid w:val="00C26F25"/>
     <w:rsid w:val="00C355AC"/>
     <w:rsid w:val="00C3796D"/>
     <w:rsid w:val="00C44EFF"/>
     <w:rsid w:val="00C4773E"/>
     <w:rsid w:val="00C724E8"/>
     <w:rsid w:val="00C75061"/>
     <w:rsid w:val="00C77BEF"/>
     <w:rsid w:val="00C77DAA"/>
     <w:rsid w:val="00C80DDD"/>
     <w:rsid w:val="00C8215D"/>
@@ -4927,78 +4948,78 @@
     <w:rsid w:val="00FA092E"/>
     <w:rsid w:val="00FB1D78"/>
     <w:rsid w:val="00FB6347"/>
     <w:rsid w:val="00FB7D68"/>
     <w:rsid w:val="00FC07A2"/>
     <w:rsid w:val="00FD7294"/>
     <w:rsid w:val="00FE1FAE"/>
     <w:rsid w:val="00FE343E"/>
     <w:rsid w:val="00FF071F"/>
     <w:rsid w:val="00FF525B"/>
     <w:rsid w:val="00FF7070"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="hu-HU" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2B231B89"/>
   <w15:docId w15:val="{8F5E51A6-D840-4276-8663-21B92CC4D1EE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5330,50 +5351,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Norml">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00741A74"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Bekezdsalapbettpusa">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normltblzat">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -5590,87 +5612,87 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D5B8A"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="007B228F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="254896840">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="488443081">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upr.nebih.gov.hu/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nebih.gov.hu/ugyintezes/noveny/nyomtatvanyok" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upr.nebih.gov.hu/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5912,88 +5934,57 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>540</Words>
-  <Characters>6995</Characters>
+  <Words>878</Words>
+  <Characters>6675</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>538</Lines>
-  <Paragraphs>538</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6997</CharactersWithSpaces>
+  <CharactersWithSpaces>7538</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Kérelem</dc:title>
-  <dc:creator>OMMI</dc:creator>
+  <dc:title/>
+  <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>